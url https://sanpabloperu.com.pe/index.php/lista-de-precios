--- v0 (2025-12-14)
+++ v1 (2025-12-14)
@@ -5935,51 +5935,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da0d4d02ec9011c52c96cf4d5bc77bf51.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/469739097159d77904adde1fe56956b11.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="1428750"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Sample image" descr="Sample image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>