--- v1 (2025-12-14)
+++ v2 (2026-01-16)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Lista de Libros" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1947">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1955">
   <si>
     <t>Av. Armendáriz 527- Miraflores</t>
   </si>
   <si>
     <t>Telf.: 446-0017</t>
   </si>
   <si>
     <t>Código Interno</t>
   </si>
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Subtítulo</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Formato</t>
   </si>
   <si>
     <t>Nro. de Páginas</t>
   </si>
   <si>
@@ -5856,50 +5856,74 @@
     <t>LITURGIA DIARIA - ENERO 2026</t>
   </si>
   <si>
     <t>PSP-9876LT</t>
   </si>
   <si>
     <t>LITURGIA DIARIA LETRA GRANDE - ENERO 2026</t>
   </si>
   <si>
     <t>PSP-7012LT</t>
   </si>
   <si>
     <t>LITURGIA DIARIA - FEBRERO 2026</t>
   </si>
   <si>
     <t>PSP-9869LT</t>
   </si>
   <si>
     <t>LITURGIA DIARIA LETRA GRANDE - FEBRERO 2026</t>
   </si>
   <si>
     <t>BSP-D9914LI</t>
   </si>
   <si>
     <t>AGENDA LITURGICA 2026</t>
+  </si>
+  <si>
+    <t>PSP-3615LI</t>
+  </si>
+  <si>
+    <t>LEON XIV. EL PAPA DE LA UNIDAD Y DE LA PAZ</t>
+  </si>
+  <si>
+    <t>PSP-3622LI</t>
+  </si>
+  <si>
+    <t>BENITO DE NURSIA. BENDECIDO PARA BENDECIR</t>
+  </si>
+  <si>
+    <t>PSP-3639LI</t>
+  </si>
+  <si>
+    <t>MARTÍN DE PORRES - HERMANO POR VOCACIÓN</t>
+  </si>
+  <si>
+    <t>PSP-3646LI</t>
+  </si>
+  <si>
+    <t>CARLO ACUTIS - EL INFINITO ES NUESTRA META</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -5935,51 +5959,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/469739097159d77904adde1fe56956b11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/304d34093f904f516208dd1a659d7c341.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="1428750"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Sample image" descr="Sample image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -6267,54 +6291,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J706"/>
+  <dimension ref="A1:J710"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J706" sqref="J706"/>
+      <selection activeCell="J710" sqref="J710"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="90.692139" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="119.11377" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="95.405273" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="25.85083" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:10">
       <c r="B2"/>
       <c r="D2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="D3" t="s">
         <v>1</v>
       </c>
@@ -25335,50 +25359,158 @@
         <v>15</v>
       </c>
     </row>
     <row r="706" spans="1:10">
       <c r="B706" s="1" t="s">
         <v>1945</v>
       </c>
       <c r="C706" s="1" t="s">
         <v>1946</v>
       </c>
       <c r="D706" s="1"/>
       <c r="E706" s="1"/>
       <c r="F706" s="1" t="s">
         <v>409</v>
       </c>
       <c r="G706" s="1">
         <v>0</v>
       </c>
       <c r="H706" s="1">
         <v>0.35</v>
       </c>
       <c r="I706" s="1">
         <v>65</v>
       </c>
       <c r="J706" s="1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="707" spans="1:10">
+      <c r="B707" s="1" t="s">
+        <v>1947</v>
+      </c>
+      <c r="C707" s="1" t="s">
+        <v>1948</v>
+      </c>
+      <c r="D707" s="1"/>
+      <c r="E707" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="F707" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="G707" s="1">
+        <v>64</v>
+      </c>
+      <c r="H707" s="1">
+        <v>0.074</v>
+      </c>
+      <c r="I707" s="1">
+        <v>10</v>
+      </c>
+      <c r="J707" s="1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="708" spans="1:10">
+      <c r="B708" s="1" t="s">
+        <v>1949</v>
+      </c>
+      <c r="C708" s="1" t="s">
+        <v>1950</v>
+      </c>
+      <c r="D708" s="1"/>
+      <c r="E708" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="F708" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="G708" s="1">
+        <v>64</v>
+      </c>
+      <c r="H708" s="1">
+        <v>0.074</v>
+      </c>
+      <c r="I708" s="1">
+        <v>10</v>
+      </c>
+      <c r="J708" s="1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="709" spans="1:10">
+      <c r="B709" s="1" t="s">
+        <v>1951</v>
+      </c>
+      <c r="C709" s="1" t="s">
+        <v>1952</v>
+      </c>
+      <c r="D709" s="1"/>
+      <c r="E709" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="F709" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="G709" s="1">
+        <v>72</v>
+      </c>
+      <c r="H709" s="1">
+        <v>0.082</v>
+      </c>
+      <c r="I709" s="1">
+        <v>10</v>
+      </c>
+      <c r="J709" s="1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="710" spans="1:10">
+      <c r="B710" s="1" t="s">
+        <v>1953</v>
+      </c>
+      <c r="C710" s="1" t="s">
+        <v>1954</v>
+      </c>
+      <c r="D710" s="1"/>
+      <c r="E710" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="F710" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="G710" s="1">
+        <v>56</v>
+      </c>
+      <c r="H710" s="1">
+        <v>0.066</v>
+      </c>
+      <c r="I710" s="1">
+        <v>10</v>
+      </c>
+      <c r="J710" s="1" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>