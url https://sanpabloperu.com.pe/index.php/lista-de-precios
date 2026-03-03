--- v2 (2026-01-16)
+++ v3 (2026-03-03)
@@ -14,122 +14,98 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Lista de Libros" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1955">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1945">
   <si>
     <t>Av. Armendáriz 527- Miraflores</t>
   </si>
   <si>
     <t>Telf.: 446-0017</t>
   </si>
   <si>
     <t>Código Interno</t>
   </si>
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Subtítulo</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Formato</t>
   </si>
   <si>
     <t>Nro. de Páginas</t>
   </si>
   <si>
     <t>Peso</t>
   </si>
   <si>
     <t>PVP Perú</t>
   </si>
   <si>
     <t>Colección / Temáticas</t>
   </si>
   <si>
-    <t>PSP-2027-16LI</t>
-[...8 lines deleted...]
-    <t>24x35</t>
+    <t>PSP-2539LI</t>
+  </si>
+  <si>
+    <t>DESARROLLO PERSONAL, CIUDADANÍA Y CÍVICA / 1er grado</t>
+  </si>
+  <si>
+    <t>EDITORIAL SAN PABLO PERÚ</t>
+  </si>
+  <si>
+    <t>21x29.7</t>
   </si>
   <si>
     <t>-</t>
-  </si>
-[...22 lines deleted...]
-    <t>21x29.7</t>
   </si>
   <si>
     <t>PSP-2546LI</t>
   </si>
   <si>
     <t>DESARROLLO PERSONAL, CIUDADANÍA Y CÍVICA / 2do grado</t>
   </si>
   <si>
     <t>PSP-2553LI</t>
   </si>
   <si>
     <t>DESARROLLO PERSONAL, CIUDADANÍA Y CÍVICA / 3er grado</t>
   </si>
   <si>
     <t>PSP-2560LI</t>
   </si>
   <si>
     <t>DESARROLLO PERSONAL, CIUDADANÍA Y CÍVICA / 4to grado</t>
   </si>
   <si>
     <t>PSP-2577LI</t>
   </si>
   <si>
     <t>DESARROLLO PERSONAL, CIUDADANÍA Y CÍVICA / 5to grado</t>
   </si>
@@ -4136,119 +4112,50 @@
   <si>
     <t>Amor y belleza para todos</t>
   </si>
   <si>
     <t>ASPRH30190406-4</t>
   </si>
   <si>
     <t>CUANDO EL AMOR GRITA TU NOMBRE</t>
   </si>
   <si>
     <t>Una guía para la vida</t>
   </si>
   <si>
     <t>Raúl Llusá</t>
   </si>
   <si>
     <t>ASPPT05811446-3</t>
   </si>
   <si>
     <t>EL MATRIMONIO</t>
   </si>
   <si>
     <t>Un pacto de amor para siempre</t>
   </si>
   <si>
-    <t>PSP-19211LI</t>
-[...67 lines deleted...]
-  <si>
     <t>PSP-3172LI</t>
   </si>
   <si>
     <t>EL DUELO CRISTIANO</t>
   </si>
   <si>
     <t>BSP-6692LI</t>
   </si>
   <si>
     <t>NOVENA DE LIBERACION Y BENDICION CON SAN BENITO</t>
   </si>
   <si>
     <t>Reflexiones y Oraciones</t>
   </si>
   <si>
     <t>BSP-50476LI</t>
   </si>
   <si>
     <t>NOVENA A LA PRECIOSA SANGRE DE CRISTO</t>
   </si>
   <si>
     <t>PSP-3189LI</t>
   </si>
   <si>
     <t>EL DUELO POR LA VIUDEZ</t>
@@ -4496,1434 +4403,1497 @@
   <si>
     <t>BSP-775LI</t>
   </si>
   <si>
     <t>SAN FRANCISCO DE SALES</t>
   </si>
   <si>
     <t>PHP-4150LI</t>
   </si>
   <si>
     <t>TOTUM AMORIS EST</t>
   </si>
   <si>
     <t>11x20.5</t>
   </si>
   <si>
     <t>PSP-2225LI</t>
   </si>
   <si>
     <t>VIA CRUCIS DE LA COMUNIDAD</t>
   </si>
   <si>
     <t>13.2x18.3</t>
   </si>
   <si>
+    <t>BSP-101-8LI</t>
+  </si>
+  <si>
+    <t>CATECISMO DE LA IGLESIA CATOLICA RUSTICO</t>
+  </si>
+  <si>
+    <t>BSPJV0633147-2</t>
+  </si>
+  <si>
+    <t>ME ESTOY HACIENDO MUJER</t>
+  </si>
+  <si>
+    <t>ASP-01709LI</t>
+  </si>
+  <si>
+    <t>PARA VIVIR MEJOR-GUIA PARA LA MUJER CRISTIANA</t>
+  </si>
+  <si>
+    <t>0x0</t>
+  </si>
+  <si>
+    <t>BSP-7705LI</t>
+  </si>
+  <si>
+    <t>DEVOCIONARIO DE SAN JOSE LETRA GRANDE</t>
+  </si>
+  <si>
+    <t>PSP-3356LI</t>
+  </si>
+  <si>
+    <t>REGLA DE SAN BENITO</t>
+  </si>
+  <si>
+    <t>BENITO DE NURSIA</t>
+  </si>
+  <si>
+    <t>PSP-3325LI</t>
+  </si>
+  <si>
+    <t>ACTAS DE LOS MARTIRES</t>
+  </si>
+  <si>
+    <t>CONTARDO MIGLIORANZA</t>
+  </si>
+  <si>
+    <t>PSP-3332LI</t>
+  </si>
+  <si>
+    <t>EL SECRETO DE MARIA</t>
+  </si>
+  <si>
+    <t>LUIS MARIA GRIGNION DE MONTFORT</t>
+  </si>
+  <si>
+    <t>PSP-3370LI</t>
+  </si>
+  <si>
+    <t>VISITAS AL SANTISIMO SACRAMENTO Y A LA VIRGEN MARIA</t>
+  </si>
+  <si>
+    <t>ALFONSO MARIA DE LIGORIO</t>
+  </si>
+  <si>
+    <t>PSP-3363LI</t>
+  </si>
+  <si>
+    <t>TRATADO DE LA VERDADERA DEVOCION A LA SANTISIMA VIRGEN MARIA</t>
+  </si>
+  <si>
+    <t>BSP-8489LI</t>
+  </si>
+  <si>
+    <t>FAMILIA IMAGEN DE DIOS</t>
+  </si>
+  <si>
+    <t>JOSÉ SILVIO BOTERO</t>
+  </si>
+  <si>
+    <t>BSP-386LI</t>
+  </si>
+  <si>
+    <t>BENDICION PARA TU FAMILIA POR MEDIO DE LA ORACION</t>
+  </si>
+  <si>
+    <t>HORACIO ECHEVERRÍA OCHOA</t>
+  </si>
+  <si>
+    <t>BSP-055-0LI</t>
+  </si>
+  <si>
+    <t>NOVENA DE LA FAMILIA</t>
+  </si>
+  <si>
+    <t>ESP-5557LI</t>
+  </si>
+  <si>
+    <t>PENSAMIENTOS SOBRE LA FAMILIA</t>
+  </si>
+  <si>
+    <t>BENEDICTO XVI</t>
+  </si>
+  <si>
+    <t>10x15.5</t>
+  </si>
+  <si>
+    <t>ESPAU24272014-3</t>
+  </si>
+  <si>
+    <t>SABER VIVIR EN FAMILIA</t>
+  </si>
+  <si>
+    <t>PSP-3271LI</t>
+  </si>
+  <si>
+    <t>IMITACION DE CRISTO</t>
+  </si>
+  <si>
+    <t>TOMÁS DE KEMPIS</t>
+  </si>
+  <si>
+    <t>PSP-3301LI</t>
+  </si>
+  <si>
+    <t>IMITACION DE MARIA</t>
+  </si>
+  <si>
+    <t>PSP-3288LI</t>
+  </si>
+  <si>
+    <t>HISTORIA DE UN ALMA</t>
+  </si>
+  <si>
+    <t>TERESA DE LISIEUX</t>
+  </si>
+  <si>
+    <t>PSP-3349LI</t>
+  </si>
+  <si>
+    <t>INTRODUCCION A LA VIDA DEVOTA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAN FRANCISCO DE SALES </t>
+  </si>
+  <si>
+    <t>PSP-3318LI</t>
+  </si>
+  <si>
+    <t>FLORECILLAS DE SAN FRANCISCO</t>
+  </si>
+  <si>
+    <t>SAN FRANCISCO DE ASIS</t>
+  </si>
+  <si>
+    <t>PSP-3295LI</t>
+  </si>
+  <si>
+    <t>CONFESIONES</t>
+  </si>
+  <si>
+    <t>SAN AGUSTIN DE HIPONA</t>
+  </si>
+  <si>
+    <t>ASP-828-0LI</t>
+  </si>
+  <si>
+    <t>EL ORDEN SACERDOTAL</t>
+  </si>
+  <si>
+    <t>16x21</t>
+  </si>
+  <si>
+    <t>ASP-830-2LI</t>
+  </si>
+  <si>
+    <t>LA UNCION DE LOS ENFERMOS</t>
+  </si>
+  <si>
+    <t>ASP-820-5LI</t>
+  </si>
+  <si>
+    <t>LA PENITENCIA</t>
+  </si>
+  <si>
+    <t>BSP-55716LI</t>
+  </si>
+  <si>
+    <t>UN SALUDO EN EL DIA DEL BAUTISMO</t>
+  </si>
+  <si>
+    <t>BSP-5723LI</t>
+  </si>
+  <si>
+    <t>CONSUELO EN EL DOLOR</t>
+  </si>
+  <si>
+    <t>BSP-756LI</t>
+  </si>
+  <si>
+    <t>LA DICHA DE LA ARMONIA</t>
+  </si>
+  <si>
+    <t>BSP-787LI</t>
+  </si>
+  <si>
+    <t>LA DICHA DEL ENCUENTRO</t>
+  </si>
+  <si>
+    <t>BSP-4858LI</t>
+  </si>
+  <si>
+    <t>LA PUREZA DEL CORAZON</t>
+  </si>
+  <si>
+    <t>ESP-4437LI</t>
+  </si>
+  <si>
+    <t>ACOMPAÑAR</t>
+  </si>
+  <si>
+    <t>BSP-6034LI</t>
+  </si>
+  <si>
+    <t>SUEÑOS DE VIDA</t>
+  </si>
+  <si>
+    <t>BSP-57468LI</t>
+  </si>
+  <si>
+    <t>¿FRACASO? ¡ES TU OPORTUNIDAD!</t>
+  </si>
+  <si>
+    <t>BSP-57215LI</t>
+  </si>
+  <si>
+    <t>FLUIR - COMO SUPERAR EL BURNOUT Y LOS BLOQUEOS</t>
+  </si>
+  <si>
+    <t>BSP-067LI</t>
+  </si>
+  <si>
+    <t>EL LIBRO DE LAS RESPUESTAS</t>
+  </si>
+  <si>
+    <t>BSP-81253LI</t>
+  </si>
+  <si>
+    <t>EL ARTE DEL CONSUELO</t>
+  </si>
+  <si>
+    <t>PSP-3387LI</t>
+  </si>
+  <si>
+    <t>EL DUELO DEL PERDÓN</t>
+  </si>
+  <si>
+    <t>PSP-2255LI</t>
+  </si>
+  <si>
+    <t>MINISTRO DE LA COMUNION</t>
+  </si>
+  <si>
+    <t>OTE-6211LI</t>
+  </si>
+  <si>
+    <t>EL MENSAJE DE FATIMA</t>
+  </si>
+  <si>
+    <t>13x20.5</t>
+  </si>
+  <si>
+    <t>BSP-1718LI</t>
+  </si>
+  <si>
+    <t>CREO EN EL ESPIRITU SANTO</t>
+  </si>
+  <si>
+    <t>J. B. LIBANIO</t>
+  </si>
+  <si>
+    <t>BSP-7668LI</t>
+  </si>
+  <si>
+    <t>EL ESPIRITU SANTO SUS DONES Y FRUTOS</t>
+  </si>
+  <si>
+    <t>BSP-54351LI</t>
+  </si>
+  <si>
+    <t>EL ESPIRITU SANTO Y SUS DONES</t>
+  </si>
+  <si>
+    <t>LUDOVIC LÉCURUS</t>
+  </si>
+  <si>
+    <t>BSP-54504LI</t>
+  </si>
+  <si>
+    <t>QUIEN ES EL ESPIRITU SANTO</t>
+  </si>
+  <si>
+    <t>JAIRO ARIAS ARENAS</t>
+  </si>
+  <si>
+    <t>BSP-0-22LI</t>
+  </si>
+  <si>
+    <t>FE EN EL MUNDO DE LOS NEGOCIOS</t>
+  </si>
+  <si>
+    <t>COREY CLEEK</t>
+  </si>
+  <si>
+    <t>ESPAU2081146-8</t>
+  </si>
+  <si>
+    <t>LA ALEGRIA DE SER PADRES</t>
+  </si>
+  <si>
+    <t>10.5x15.5</t>
+  </si>
+  <si>
+    <t>ESP-3103LI</t>
+  </si>
+  <si>
+    <t>COMO SER BUENOS PADRES</t>
+  </si>
+  <si>
+    <t>Janet Geisz</t>
+  </si>
+  <si>
+    <t>BSP-5473LI</t>
+  </si>
+  <si>
+    <t>INTRODUCCION A SAN PABLO Y SUS CARTAS</t>
+  </si>
+  <si>
+    <t>BSP-9684LI</t>
+  </si>
+  <si>
+    <t>COMO LEER LAS CARTAS PEDRO</t>
+  </si>
+  <si>
+    <t>ASP-00351LI</t>
+  </si>
+  <si>
+    <t>LOGOTERAPIA EN CARCELES</t>
+  </si>
+  <si>
+    <t>Lucía Copello</t>
+  </si>
+  <si>
+    <t>ASP-930-3LI</t>
+  </si>
+  <si>
+    <t>FRANKL POR DEFINICION</t>
+  </si>
+  <si>
+    <t>ASP-1785LI</t>
+  </si>
+  <si>
+    <t>EL SENTIDO DE LOS SUEÑOS</t>
+  </si>
+  <si>
+    <t>Izar Aparecida de Moraes Xausa</t>
+  </si>
+  <si>
+    <t>ASP-1792LI</t>
+  </si>
+  <si>
+    <t>AFINAR LA CONCIENCIA</t>
+  </si>
+  <si>
+    <t>Daniele Bruzzone</t>
+  </si>
+  <si>
+    <t>BSP-9310LI</t>
+  </si>
+  <si>
+    <t>LOGOTERAPIA</t>
+  </si>
+  <si>
+    <t>José Arturo Luna</t>
+  </si>
+  <si>
+    <t>PSP-3400LI</t>
+  </si>
+  <si>
+    <t>NUNCA ES DEMASIADO TARDE - PARABOLA DEL HIJO PRODIGO</t>
+  </si>
+  <si>
+    <t>12x17.3</t>
+  </si>
+  <si>
+    <t>PSP-2263LI</t>
+  </si>
+  <si>
+    <t>TERESA DE CALCUTA MADRE DE LOS POBRES</t>
+  </si>
+  <si>
+    <t>ESP-4861LI</t>
+  </si>
+  <si>
+    <t>SED AUTENTICOS</t>
+  </si>
+  <si>
+    <t>Ary Waldir Ramos Díaz</t>
+  </si>
+  <si>
+    <t>155x235</t>
+  </si>
+  <si>
+    <t>BSP-487LI</t>
+  </si>
+  <si>
+    <t>NOVENA AL ARCANGEL SAN RAFAEL</t>
+  </si>
+  <si>
+    <t>Guillermo Cardona Rodríguez</t>
+  </si>
+  <si>
+    <t>BSP-7156LI</t>
+  </si>
+  <si>
+    <t>ROSARIO PARA PEDIR LA SANACIÓN DE LOS ENFERMOS Y AFLIGIDOS</t>
+  </si>
+  <si>
+    <t>MSP-2911LI</t>
+  </si>
+  <si>
+    <t>12 MANERAS DE REZAR EL SANTO ROSARIO</t>
+  </si>
+  <si>
+    <t>Damián Pérez Domínguez</t>
+  </si>
+  <si>
+    <t>12.8x20.5</t>
+  </si>
+  <si>
+    <t>MSP-0089LI</t>
+  </si>
+  <si>
+    <t>EL HERMANO DE ASÍS</t>
+  </si>
+  <si>
+    <t>13.5x20.5</t>
+  </si>
+  <si>
+    <t>PHP-0014LI</t>
+  </si>
+  <si>
+    <t>LAUDATE DEUM</t>
+  </si>
+  <si>
+    <t>BSP-6296LI</t>
+  </si>
+  <si>
+    <t>GAFAS DE SOL PARA UN MURCIELAGO</t>
+  </si>
+  <si>
+    <t>Begoña Ibarrola</t>
+  </si>
+  <si>
+    <t>21.5x21.5</t>
+  </si>
+  <si>
+    <t>BSP-6265LI</t>
+  </si>
+  <si>
+    <t>EL DOMADOR DE MIEDOS</t>
+  </si>
+  <si>
+    <t>BSP-6302LI</t>
+  </si>
+  <si>
+    <t>EL CLAN DEL TALISMAN</t>
+  </si>
+  <si>
+    <t>BSP-6319LI</t>
+  </si>
+  <si>
+    <t>JUEGOS EN LA SELVA</t>
+  </si>
+  <si>
+    <t>BSP-6289LI</t>
+  </si>
+  <si>
+    <t>LA EXTRAÑA HERENCIA DE LA ABUELA</t>
+  </si>
+  <si>
+    <t>BSP-86326LI</t>
+  </si>
+  <si>
+    <t>LA MONTAÑA DE IVAN</t>
+  </si>
+  <si>
+    <t>BSP-6272LI</t>
+  </si>
+  <si>
+    <t>LUZ EN EL ATICO</t>
+  </si>
+  <si>
+    <t>BSP-6340LI</t>
+  </si>
+  <si>
+    <t>MI LUGAR SECRETO</t>
+  </si>
+  <si>
+    <t>BSP-6371LI</t>
+  </si>
+  <si>
+    <t>A UN METRO DEL CIELO</t>
+  </si>
+  <si>
+    <t>BSP-6395LI</t>
+  </si>
+  <si>
+    <t>EL MENSAJERO DEL VIENTO</t>
+  </si>
+  <si>
+    <t>BSP-6388LI</t>
+  </si>
+  <si>
+    <t>EL SUEÑO DE LOS PAJAROS</t>
+  </si>
+  <si>
+    <t>BSP-6425LI</t>
+  </si>
+  <si>
+    <t>EVA NO ES UN FANTASMA</t>
+  </si>
+  <si>
+    <t>BSP-86463LI</t>
+  </si>
+  <si>
+    <t>LECCIONES DE UNA MOMIA</t>
+  </si>
+  <si>
+    <t>BSP-6401LI</t>
+  </si>
+  <si>
+    <t>UN EXTRAÑO DETECTIVE</t>
+  </si>
+  <si>
+    <t>BSP-6418LI</t>
+  </si>
+  <si>
+    <t>VIAJE POR UN MAR DESCONOCIDO</t>
+  </si>
+  <si>
+    <t>PSP-3424LI</t>
+  </si>
+  <si>
+    <t>DIARIO DE ADVIENTO - UNA GUIA PARA PREPARAR LA VENIDA DEL SEÑOR</t>
+  </si>
+  <si>
+    <t>Pedro Hidalgo Díaz</t>
+  </si>
+  <si>
+    <t>PSP-3417LI</t>
+  </si>
+  <si>
+    <t>ORACIONES DE AMISTAD CON DIOS</t>
+  </si>
+  <si>
+    <t>PSP-1862FO</t>
+  </si>
+  <si>
+    <t>SACRAMENTO DEL MATRIMONIO</t>
+  </si>
+  <si>
+    <t>PHP-A016LI</t>
+  </si>
+  <si>
+    <t>C´EST LA CONFIANCE</t>
+  </si>
+  <si>
+    <t>PSP-3431LI</t>
+  </si>
+  <si>
+    <t>NACIMIENTO DE BELEN PARA COLOREAR</t>
+  </si>
+  <si>
+    <t>000002024</t>
+  </si>
+  <si>
+    <t>Liturgia Diaria Digital - Febrero 2024</t>
+  </si>
+  <si>
+    <t>PSP-3448LI</t>
+  </si>
+  <si>
+    <t>DIARIO DE CUARESMA Y SEMANA SANTA - SIGUIENDO A JESÚS PARA VOLVER AL PADRE</t>
+  </si>
+  <si>
+    <t>ASP-3147LI</t>
+  </si>
+  <si>
+    <t>30 DÍAS DE MISERICORDIA</t>
+  </si>
+  <si>
+    <t>12.5x17</t>
+  </si>
+  <si>
+    <t>BSP-4155LI</t>
+  </si>
+  <si>
+    <t>QUERIDA MAMÁ</t>
+  </si>
+  <si>
+    <t>BSP-6630LI</t>
+  </si>
+  <si>
+    <t>CONSAGRACION A LA VIRGEN MARIA 33 DIAS DE BENDICION</t>
+  </si>
+  <si>
+    <t>BSP-7736LI</t>
+  </si>
+  <si>
+    <t>ROSARIO DE LIBERACION Y ORACIONES PARA SER PROTEGIDOS Y SALVADOS DE TODO MAL</t>
+  </si>
+  <si>
+    <t>BSP-4162LI</t>
+  </si>
+  <si>
+    <t>QUERIDO PAPÁ</t>
+  </si>
+  <si>
+    <t>BSP-3866LI</t>
+  </si>
+  <si>
+    <t>LOS SIETE DONES DEL ESPIRITU SANTO</t>
+  </si>
+  <si>
+    <t>JOSÉ BORTOLINI</t>
+  </si>
+  <si>
+    <t>BSP-2779LI</t>
+  </si>
+  <si>
+    <t>SUMMA DAEMONIACA</t>
+  </si>
+  <si>
+    <t>José Antonio Fortea</t>
+  </si>
+  <si>
+    <t>ESP-3345LI</t>
+  </si>
+  <si>
+    <t>PAULUS - LA COLUMNA DE DIOS</t>
+  </si>
+  <si>
+    <t>15.5x23.5</t>
+  </si>
+  <si>
+    <t>EVD-6623LI</t>
+  </si>
+  <si>
+    <t>BIBLIA CATOLICA PARA JOVENES GRIS - EDICION MISION</t>
+  </si>
+  <si>
+    <t>15x23.5</t>
+  </si>
+  <si>
+    <t>EEE-1820LI</t>
+  </si>
+  <si>
+    <t>YOUCAT BIBLIA</t>
+  </si>
+  <si>
+    <t>15x23</t>
+  </si>
+  <si>
+    <t>ESP-9683LI</t>
+  </si>
+  <si>
+    <t>MI BIBLIA LA HISTORIA MAS GRANDE JAMAS CONTADA</t>
+  </si>
+  <si>
+    <t>15x17.5</t>
+  </si>
+  <si>
+    <t>ESP-2585LI</t>
+  </si>
+  <si>
+    <t>MI BIBLIA - LA HISTORIA MAS GRANDE EN PEQUEÑO</t>
+  </si>
+  <si>
+    <t>11x12.5</t>
+  </si>
+  <si>
+    <t>ESP-9676LI</t>
+  </si>
+  <si>
+    <t>BIBLIA - PRIMERA COMUNION</t>
+  </si>
+  <si>
+    <t>15.5x18</t>
+  </si>
+  <si>
+    <t>ESP-9639LI</t>
+  </si>
+  <si>
+    <t>MI PRIMERA BIBLIA RECUERDO DE MI PRIMERA COMUNION</t>
+  </si>
+  <si>
+    <t>ESP-1121LI</t>
+  </si>
+  <si>
+    <t>MI PRIMERA BIBLIA UNA HISTORIA DE AMOR</t>
+  </si>
+  <si>
+    <t>BSP-2494LI</t>
+  </si>
+  <si>
+    <t>HORIZONTES DE VIDA</t>
+  </si>
+  <si>
+    <t>Luis Enrique Litardo</t>
+  </si>
+  <si>
+    <t>7.5x10.5</t>
+  </si>
+  <si>
+    <t>BSP-7569LI</t>
+  </si>
+  <si>
+    <t>SANTO ROSARIO EN HONOR A SAN JOSE</t>
+  </si>
+  <si>
+    <t>8x11.5</t>
+  </si>
+  <si>
+    <t>BSP-8481LI</t>
+  </si>
+  <si>
+    <t>EL SANTO ROSARIO POPULAR</t>
+  </si>
+  <si>
+    <t>BSP-105-0LI</t>
+  </si>
+  <si>
+    <t>LAS GLORIAS DE MARIA PLASTIFICADO</t>
+  </si>
+  <si>
+    <t>San Alfonso María de Ligorio</t>
+  </si>
+  <si>
+    <t>9x13</t>
+  </si>
+  <si>
+    <t>BSP-5778LI</t>
+  </si>
+  <si>
+    <t>EL SANTO ROSARIO CON LOS MISTERIOS LUMINOSOS LG</t>
+  </si>
+  <si>
+    <t>BSP-094-1LI</t>
+  </si>
+  <si>
+    <t>NOVENA EN LA HORA DE LA DIFICULTAD</t>
+  </si>
+  <si>
+    <t>BSP-8733LI</t>
+  </si>
+  <si>
+    <t>NOVENA BIBLICA A LA VIRGEN DE LA MEDALLA MILAGROSA</t>
+  </si>
+  <si>
+    <t>Diana Cecilia Valenzuela Cortés</t>
+  </si>
+  <si>
+    <t>BSP-6203LI</t>
+  </si>
+  <si>
+    <t>NOVENA BIBLICA A SAN PANCRACIO</t>
+  </si>
+  <si>
+    <t>BSP-142LI</t>
+  </si>
+  <si>
+    <t>NOVENA BIBLICA A LA VIRGEN MARIA DESATADORA DE NUDOS</t>
+  </si>
+  <si>
+    <t>BSPOR09827205-3</t>
+  </si>
+  <si>
+    <t>NOVENA AL ESPIRITU SANTO</t>
+  </si>
+  <si>
+    <t>BSP-4018LI</t>
+  </si>
+  <si>
+    <t>NOVENA BIBLICA A SAN ANTONIO DE PADUA</t>
+  </si>
+  <si>
+    <t>Luis Daniel Londoño Silva</t>
+  </si>
+  <si>
+    <t>BSP-9549LI</t>
+  </si>
+  <si>
+    <t>NOVENA A JESUS MISERICORDIOSO</t>
+  </si>
+  <si>
+    <t>BSP-1886LI</t>
+  </si>
+  <si>
+    <t>SIETE DOMINGOS A SAN JOSE Y SIETE DOLORES Y GOZOS</t>
+  </si>
+  <si>
+    <t>BSPPS0499995-3</t>
+  </si>
+  <si>
+    <t>COMO TRABAJAR NUESTROS PROBLEMAS</t>
+  </si>
+  <si>
+    <t>Miguel Lucas</t>
+  </si>
+  <si>
+    <t>BSP-88047LI</t>
+  </si>
+  <si>
+    <t>MI PRIMERA BIBLIA PREESCOLAR</t>
+  </si>
+  <si>
+    <t>17x19</t>
+  </si>
+  <si>
+    <t>BSP-6838LI</t>
+  </si>
+  <si>
+    <t>MI PRIMER ALBUM DE LA BIBLIA</t>
+  </si>
+  <si>
+    <t>18x18</t>
+  </si>
+  <si>
+    <t>BSP-8214LI</t>
+  </si>
+  <si>
+    <t>MI BIBLIA DE LAS BUENAS NOCHES</t>
+  </si>
+  <si>
+    <t>BSP-8221LI</t>
+  </si>
+  <si>
+    <t>MI BIBLIA FAVORITA CON VENTANAS</t>
+  </si>
+  <si>
+    <t>BSP-0904LI</t>
+  </si>
+  <si>
+    <t>PEQUEÑOS HEROES DE LA BIBLIA- LA CREACION</t>
+  </si>
+  <si>
+    <t>15x15</t>
+  </si>
+  <si>
+    <t>BSP-9570LI</t>
+  </si>
+  <si>
+    <t>CATECISMO DE LA IGLESIA CATOLICA PLASTIFICADO</t>
+  </si>
+  <si>
+    <t>BSPLT0030042-4</t>
+  </si>
+  <si>
+    <t>LITURGIA DE LAS HORAS P. BOND</t>
+  </si>
+  <si>
+    <t>BSP-044-7LI</t>
+  </si>
+  <si>
+    <t>LITURGIA DE LAS HORAS DEL PUEBLO PAPEL BIBLIA</t>
+  </si>
+  <si>
+    <t>BSP-7637LI</t>
+  </si>
+  <si>
+    <t>ORACIONES BREVES PARA TODAS LAS OCASIONES LETRA GRANDE</t>
+  </si>
+  <si>
+    <t>BSP-5398LI</t>
+  </si>
+  <si>
+    <t>DESPUES DE LA TEMPESTAD LLEGA LA CALMA</t>
+  </si>
+  <si>
+    <t>Martha Esperanza Fonseca Chaparro</t>
+  </si>
+  <si>
+    <t>BSP-8597LI</t>
+  </si>
+  <si>
+    <t>AMORES QUE MATAN AMORES QUE SANAN</t>
+  </si>
+  <si>
+    <t>BSP-021LI</t>
+  </si>
+  <si>
+    <t>EL SILENCIO DE MARIA</t>
+  </si>
+  <si>
+    <t>BSP-0674LI</t>
+  </si>
+  <si>
+    <t>JESUS ESTA VIVO</t>
+  </si>
+  <si>
+    <t>Emiliano Tardiff - José H. Prado  Flores</t>
+  </si>
+  <si>
+    <t>BSP-4740LI</t>
+  </si>
+  <si>
+    <t>ADOLESCENTES Y BIENAVENTURANZA</t>
+  </si>
+  <si>
+    <t>Luciano Zanini</t>
+  </si>
+  <si>
+    <t>BSP-0294LI</t>
+  </si>
+  <si>
+    <t>SAN PIO DE PIETRELCINA</t>
+  </si>
+  <si>
+    <t>Beppe Amico</t>
+  </si>
+  <si>
+    <t>BSP-59622LI</t>
+  </si>
+  <si>
+    <t>PARA SALVARTE</t>
+  </si>
+  <si>
+    <t>Jorge Loring</t>
+  </si>
+  <si>
+    <t>13.6x20</t>
+  </si>
+  <si>
+    <t>BSP-0850LI</t>
+  </si>
+  <si>
+    <t>CURSO DE BAUTISMO PARA PADRES Y PADRINOS</t>
+  </si>
+  <si>
+    <t>Rubén Darío Hernández Perdomo</t>
+  </si>
+  <si>
+    <t>BSP-6661LI</t>
+  </si>
+  <si>
+    <t>EPHETA MISION SALUD MENTE ALMA Y CUERPO</t>
+  </si>
+  <si>
+    <t>Hugo Galindo Salom, MD</t>
+  </si>
+  <si>
+    <t>BSP-1679LI</t>
+  </si>
+  <si>
+    <t>CELEBRACION DE LAS EXEQUIAS</t>
+  </si>
+  <si>
+    <t>17x23</t>
+  </si>
+  <si>
+    <t>BSP-3387LI</t>
+  </si>
+  <si>
+    <t>SAN FRANCISCO DE ASIS EL SANTO DE LOS POBRES Y LOS ANIMALITOS</t>
+  </si>
+  <si>
+    <t>Miguel Muñoz</t>
+  </si>
+  <si>
+    <t>PSP-3455LI</t>
+  </si>
+  <si>
+    <t>LA COMPASION NOS HACE FELICES</t>
+  </si>
+  <si>
+    <t>PSP-3479LI</t>
+  </si>
+  <si>
+    <t>CON LOS OJOS FIJOS EN EL SEÑOR</t>
+  </si>
+  <si>
+    <t>PHP-4389LI</t>
+  </si>
+  <si>
+    <t>DILEXIT NOS EL NOS AMO PRIMERO</t>
+  </si>
+  <si>
+    <t>11.6x20.5</t>
+  </si>
+  <si>
+    <t>BSP-5091LI</t>
+  </si>
+  <si>
+    <t>SAGRADA BIBLIA AMERICA CAMPAÑA</t>
+  </si>
+  <si>
+    <t>13.5x18</t>
+  </si>
+  <si>
+    <t>PSP-4090LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA - ENERO 2025</t>
+  </si>
+  <si>
+    <t>10x20</t>
+  </si>
+  <si>
+    <t>PSP-7093LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA LETRA GRANDE - ENERO 2025</t>
+  </si>
+  <si>
+    <t>PSP-4106LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA - FEBRERO 2025</t>
+  </si>
+  <si>
+    <t>PSP-7109LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA LETRA GRANDE - FEBRERO 2025</t>
+  </si>
+  <si>
+    <t>PSP-3486LI</t>
+  </si>
+  <si>
+    <t>NIÑOS Y ADOLESCENTES EN DUELO</t>
+  </si>
+  <si>
+    <t>11.8x17.8</t>
+  </si>
+  <si>
+    <t>VOLVER AL EVANGELIO - HOMILIAS DEL CARDENAL CARLOS CASTILLO</t>
+  </si>
+  <si>
+    <t>Cardenal Carlos Castillo</t>
+  </si>
+  <si>
+    <t>POR UNA IGLESIA SINODAL: COMUNIÓN, PARTICIPACIÓN Y MISIÓN - DOCUMENTO FINAL</t>
+  </si>
+  <si>
+    <t>12x21</t>
+  </si>
+  <si>
+    <t>OTE-9455LI</t>
+  </si>
+  <si>
+    <t>ESPERANZA - LA AUTOBIOGRAFIA</t>
+  </si>
+  <si>
+    <t>PSP-4113LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA - MARZO 2025</t>
+  </si>
+  <si>
+    <t>PSP-7116LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA LETRA GRANDE - MARZO 2025</t>
+  </si>
+  <si>
+    <t>PSP-4120LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA - ABRIL 2025</t>
+  </si>
+  <si>
+    <t>PSP-7123LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA LETRA GRANDE - ABRIL 2025</t>
+  </si>
+  <si>
+    <t>PSP-3516LI</t>
+  </si>
+  <si>
+    <t>CARLO ACUTIS EN LA AUTOPISTA AL CIELO</t>
+  </si>
+  <si>
+    <t>PSP-3523LI</t>
+  </si>
+  <si>
+    <t>ENCONTRANDONOS CON CARLO ACUTIS</t>
+  </si>
+  <si>
+    <t>Pbro.  Juan Pablo Rossetti</t>
+  </si>
+  <si>
+    <t>BSP-6654LI</t>
+  </si>
+  <si>
+    <t>DIARIO DE LA DIVINA MISERICORDIA - SANTA MARIA FAUSTINA</t>
+  </si>
+  <si>
+    <t>Santa María Faustina Kowalska</t>
+  </si>
+  <si>
+    <t>PSP-4137LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA - MAYO 2025</t>
+  </si>
+  <si>
+    <t>PSP-7130LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA LETRA GRANDE - MAYO 2025</t>
+  </si>
+  <si>
+    <t>PSP-4144LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA - JUNIO 2025</t>
+  </si>
+  <si>
+    <t>PSP-7147LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA LETRA GRANDE - JUNIO 2025</t>
+  </si>
+  <si>
+    <t>PSP-4151LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA - JULIO 2025</t>
+  </si>
+  <si>
+    <t>PSP-7154LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA LETRA GRANDE - JULIO 2025</t>
+  </si>
+  <si>
+    <t>PSP-4168LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA - AGOSTO 2025</t>
+  </si>
+  <si>
+    <t>PSP-7161LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA LETRA GRANDE - AGOSTO 2025</t>
+  </si>
+  <si>
+    <t>PSP-3530LI</t>
+  </si>
+  <si>
+    <t>UN MES CON EL CORAZON DE JESUS</t>
+  </si>
+  <si>
+    <t>CARLOS CARDÓ, SJ</t>
+  </si>
+  <si>
+    <t>BSP-9976LI</t>
+  </si>
+  <si>
+    <t>LEON XIV EL APOSTOL DE LA PAZ</t>
+  </si>
+  <si>
+    <t>Samuel Pruvot</t>
+  </si>
+  <si>
+    <t>PSP-6750CA</t>
+  </si>
+  <si>
+    <t>CALENDARIO DE ESCRITORIO 2026</t>
+  </si>
+  <si>
+    <t>21x16</t>
+  </si>
+  <si>
+    <t>PSP-6743CA</t>
+  </si>
+  <si>
+    <t>CALENDARIO DE ESCRITORIO INFANTIL 2026</t>
+  </si>
+  <si>
+    <t>PSP-6798AL</t>
+  </si>
+  <si>
+    <t>CALENDARIO CATOLICO 2026</t>
+  </si>
+  <si>
+    <t>23x33</t>
+  </si>
+  <si>
+    <t>PSP-6781AL</t>
+  </si>
+  <si>
+    <t>CALENDARIO ANGEL DE MI GUARDA 2026</t>
+  </si>
+  <si>
+    <t>33x46</t>
+  </si>
+  <si>
+    <t>PSP-6767AL</t>
+  </si>
+  <si>
+    <t>PEQUEÑO CALENDARIO MARIANO 2026</t>
+  </si>
+  <si>
+    <t>11.5x34</t>
+  </si>
+  <si>
+    <t>PSP-6774AL</t>
+  </si>
+  <si>
+    <t>CALENDARIO LITURGICO 2026</t>
+  </si>
+  <si>
+    <t>10x17</t>
+  </si>
+  <si>
+    <t>PSP-4175LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA - SETIEMBRE 2025</t>
+  </si>
+  <si>
+    <t>PSP-7178LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA LETRA GRANDE - SETIEMBRE 2025</t>
+  </si>
+  <si>
+    <t>PSP-4182LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA - OCTUBRE 2025</t>
+  </si>
+  <si>
+    <t>PSP-7185LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA LETRA GRANDE - OCTUBRE 2025</t>
+  </si>
+  <si>
+    <t>PSP-3547LI</t>
+  </si>
+  <si>
+    <t>EVANGELIO COTIDIANO 2026</t>
+  </si>
+  <si>
+    <t>ESP-8106LI</t>
+  </si>
+  <si>
+    <t>EL ROSARIO PARA REZAR CON LOS NIÑOS</t>
+  </si>
+  <si>
+    <t>PSP-4199LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA - NOVIEMBRE 2025</t>
+  </si>
+  <si>
+    <t>PSP-7192LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA LETRA GRANDE - NOVIEMBRE 2025</t>
+  </si>
+  <si>
+    <t>PSP-4205LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA - DICIEMBRE 2025</t>
+  </si>
+  <si>
+    <t>PSP-7208LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA LETRA GRANDE - DICIEMBRE 2025</t>
+  </si>
+  <si>
+    <t>PSP-3554LI</t>
+  </si>
+  <si>
+    <t>UN MES CON EL SEÑOR DE LOS MILAGROS</t>
+  </si>
+  <si>
+    <t>13.5x18.8</t>
+  </si>
+  <si>
+    <t>PSP-5951AF</t>
+  </si>
+  <si>
+    <t>PLANIFICADOR 2026</t>
+  </si>
+  <si>
+    <t>93x64</t>
+  </si>
+  <si>
+    <t>PSP-3561LI</t>
+  </si>
+  <si>
+    <t>DILEXI TE DEL SANTO PADRE LEON XIV</t>
+  </si>
+  <si>
+    <t>11.7x20.7</t>
+  </si>
+  <si>
+    <t>PSP-3578LI</t>
+  </si>
+  <si>
+    <t>DUELO POR LA PROPIA MUERTE</t>
+  </si>
+  <si>
+    <t>Mateo Bautista - Ximena López</t>
+  </si>
+  <si>
+    <t>PSP-7999LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA - ENERO 2026</t>
+  </si>
+  <si>
+    <t>PSP-9876LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA LETRA GRANDE - ENERO 2026</t>
+  </si>
+  <si>
+    <t>PSP-7012LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA - FEBRERO 2026</t>
+  </si>
+  <si>
+    <t>PSP-9869LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA LETRA GRANDE - FEBRERO 2026</t>
+  </si>
+  <si>
+    <t>BSP-D9914LI</t>
+  </si>
+  <si>
+    <t>AGENDA LITURGICA 2026</t>
+  </si>
+  <si>
+    <t>PSP-3615LI</t>
+  </si>
+  <si>
+    <t>LEON XIV. EL PAPA DE LA UNIDAD Y DE LA PAZ</t>
+  </si>
+  <si>
+    <t>PSP-3622LI</t>
+  </si>
+  <si>
+    <t>BENITO DE NURSIA. BENDECIDO PARA BENDECIR</t>
+  </si>
+  <si>
+    <t>PSP-3639LI</t>
+  </si>
+  <si>
+    <t>MARTÍN DE PORRES - HERMANO POR VOCACIÓN</t>
+  </si>
+  <si>
+    <t>PSP-3646LI</t>
+  </si>
+  <si>
+    <t>CARLO ACUTIS - EL INFINITO ES NUESTRA META</t>
+  </si>
+  <si>
+    <t>PSP-7029LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA - MARZO 2026</t>
+  </si>
+  <si>
+    <t>PSP-7036LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA - ABRIL 2026</t>
+  </si>
+  <si>
+    <t>PSP-9852LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA LETRA GRANDE - MARZO 2026</t>
+  </si>
+  <si>
+    <t>PSP-9845LT</t>
+  </si>
+  <si>
+    <t>LITURGIA DIARIA LETRA GRANDE - ABRIL 2026</t>
+  </si>
+  <si>
     <t>PSP-3264LI</t>
   </si>
   <si>
     <t>TRIDUO PASCUAL Y SEMANA SANTA</t>
   </si>
   <si>
     <t>14x18</t>
   </si>
   <si>
-    <t>BSP-101-8LI</t>
-[...1373 lines deleted...]
-    <t>CARLO ACUTIS - EL INFINITO ES NUESTRA META</t>
+    <t>PPE-3660ED</t>
+  </si>
+  <si>
+    <t>Religión 1° de Primaria</t>
+  </si>
+  <si>
+    <t>ARZOBISPADO DE LIMA</t>
+  </si>
+  <si>
+    <t>PSP-3585LI</t>
+  </si>
+  <si>
+    <t>Religión 3° de Primaria</t>
+  </si>
+  <si>
+    <t>PSP-3608LI</t>
+  </si>
+  <si>
+    <t>Religión 5° de Primaria</t>
+  </si>
+  <si>
+    <t>PSP-3653LI</t>
+  </si>
+  <si>
+    <t>Religión 1° de Secundaria</t>
+  </si>
+  <si>
+    <t>PSP-3592LI</t>
+  </si>
+  <si>
+    <t>Religión 3° de Secundaria</t>
+  </si>
+  <si>
+    <t>PSP-3684LI</t>
+  </si>
+  <si>
+    <t>Diario Juvenil de Cuaresma</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -5959,51 +5929,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/304d34093f904f516208dd1a659d7c341.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fcbb20b908d4d9077abaa1da83fe9571.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2447925" cy="1428750"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Sample image" descr="Sample image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -6291,54 +6261,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J710"/>
+  <dimension ref="A1:J706"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="J710" sqref="J710"/>
+      <selection activeCell="J706" sqref="J706"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="90.692139" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="119.11377" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="95.405273" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="25.85083" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:10">
       <c r="B2"/>
       <c r="D2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="D3" t="s">
         <v>1</v>
       </c>
@@ -6365,19152 +6335,19012 @@
       <c r="H10" s="2" t="s">
         <v>8</v>
       </c>
       <c r="I10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="B11" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D11" s="1"/>
       <c r="E11" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G11" s="1">
-        <v>70</v>
+        <v>104</v>
       </c>
       <c r="H11" s="1">
-        <v>0.54</v>
+        <v>0.43</v>
       </c>
       <c r="I11" s="1">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="J11" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="B12" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D12" s="1"/>
       <c r="E12" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G12" s="1">
-        <v>70</v>
+        <v>104</v>
       </c>
       <c r="H12" s="1">
-        <v>0.54</v>
+        <v>0.43</v>
       </c>
       <c r="I12" s="1">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="J12" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="B13" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D13" s="1"/>
       <c r="E13" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G13" s="1">
-        <v>70</v>
+        <v>104</v>
       </c>
       <c r="H13" s="1">
-        <v>0.54</v>
+        <v>0.43</v>
       </c>
       <c r="I13" s="1">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="J13" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="B14" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="1"/>
       <c r="E14" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="G14" s="1">
         <v>104</v>
       </c>
       <c r="H14" s="1">
         <v>0.43</v>
       </c>
       <c r="I14" s="1">
         <v>45</v>
       </c>
       <c r="J14" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="B15" s="1" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D15" s="1"/>
       <c r="E15" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="G15" s="1">
         <v>104</v>
       </c>
       <c r="H15" s="1">
         <v>0.43</v>
       </c>
       <c r="I15" s="1">
         <v>45</v>
       </c>
       <c r="J15" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="B16" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D16" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="E16" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="F16" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="D16" s="1"/>
-[...5 lines deleted...]
-      </c>
       <c r="G16" s="1">
-        <v>104</v>
+        <v>60</v>
       </c>
       <c r="H16" s="1">
-        <v>0.43</v>
+        <v>0.275</v>
       </c>
       <c r="I16" s="1">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="J16" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="B17" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="D17" s="1"/>
+      <c r="D17" s="1" t="s">
+        <v>26</v>
+      </c>
       <c r="E17" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="G17" s="1">
-        <v>104</v>
+        <v>60</v>
       </c>
       <c r="H17" s="1">
-        <v>0.43</v>
+        <v>0.275</v>
       </c>
       <c r="I17" s="1">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="J17" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="B18" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="D18" s="1"/>
+      <c r="D18" s="1" t="s">
+        <v>26</v>
+      </c>
       <c r="E18" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="G18" s="1">
-        <v>104</v>
+        <v>60</v>
       </c>
       <c r="H18" s="1">
-        <v>0.43</v>
+        <v>0.275</v>
       </c>
       <c r="I18" s="1">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="J18" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="B19" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="G19" s="1">
         <v>60</v>
       </c>
       <c r="H19" s="1">
-        <v>0.275</v>
+        <v>0.28</v>
       </c>
       <c r="I19" s="1">
         <v>38</v>
       </c>
       <c r="J19" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="B20" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="G20" s="1">
         <v>60</v>
       </c>
       <c r="H20" s="1">
-        <v>0.275</v>
+        <v>0.28</v>
       </c>
       <c r="I20" s="1">
         <v>38</v>
       </c>
       <c r="J20" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="B21" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="G21" s="1">
         <v>60</v>
       </c>
       <c r="H21" s="1">
-        <v>0.275</v>
+        <v>0.28</v>
       </c>
       <c r="I21" s="1">
         <v>38</v>
       </c>
       <c r="J21" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="B22" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="C22" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D22" s="1" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="G22" s="1">
         <v>60</v>
       </c>
       <c r="H22" s="1">
         <v>0.28</v>
       </c>
       <c r="I22" s="1">
         <v>38</v>
       </c>
       <c r="J22" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="B23" s="1" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="G23" s="1">
         <v>60</v>
       </c>
       <c r="H23" s="1">
         <v>0.28</v>
       </c>
       <c r="I23" s="1">
         <v>38</v>
       </c>
       <c r="J23" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="B24" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="G24" s="1">
         <v>60</v>
       </c>
       <c r="H24" s="1">
         <v>0.28</v>
       </c>
       <c r="I24" s="1">
         <v>38</v>
       </c>
       <c r="J24" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="B25" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="G25" s="1">
         <v>60</v>
       </c>
       <c r="H25" s="1">
-        <v>0.28</v>
+        <v>0.275</v>
       </c>
       <c r="I25" s="1">
         <v>38</v>
       </c>
       <c r="J25" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="B26" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="G26" s="1">
         <v>60</v>
       </c>
       <c r="H26" s="1">
-        <v>0.28</v>
+        <v>0.275</v>
       </c>
       <c r="I26" s="1">
         <v>38</v>
       </c>
       <c r="J26" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="B27" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="G27" s="1">
         <v>60</v>
       </c>
       <c r="H27" s="1">
-        <v>0.28</v>
+        <v>0.275</v>
       </c>
       <c r="I27" s="1">
         <v>38</v>
       </c>
       <c r="J27" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="B28" s="1" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="G28" s="1">
         <v>60</v>
       </c>
       <c r="H28" s="1">
         <v>0.275</v>
       </c>
       <c r="I28" s="1">
         <v>38</v>
       </c>
       <c r="J28" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="B29" s="1" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="G29" s="1">
         <v>60</v>
       </c>
       <c r="H29" s="1">
         <v>0.275</v>
       </c>
       <c r="I29" s="1">
         <v>38</v>
       </c>
       <c r="J29" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="B30" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D30" s="1"/>
+      <c r="E30" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="F30" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="D30" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G30" s="1">
-        <v>60</v>
+        <v>33</v>
       </c>
       <c r="H30" s="1">
-        <v>0.275</v>
+        <v>0.258</v>
       </c>
       <c r="I30" s="1">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="J30" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="B31" s="1" t="s">
         <v>59</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="D31" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D31" s="1"/>
       <c r="E31" s="1" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>23</v>
+        <v>58</v>
       </c>
       <c r="G31" s="1">
-        <v>60</v>
+        <v>135</v>
       </c>
       <c r="H31" s="1">
-        <v>0.275</v>
+        <v>0.225</v>
       </c>
       <c r="I31" s="1">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="J31" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="B32" s="1" t="s">
         <v>61</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="D32" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D32" s="1"/>
       <c r="E32" s="1" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>23</v>
+        <v>58</v>
       </c>
       <c r="G32" s="1">
-        <v>60</v>
+        <v>88</v>
       </c>
       <c r="H32" s="1">
-        <v>0.275</v>
+        <v>0.238</v>
       </c>
       <c r="I32" s="1">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="J32" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="B33" s="1" t="s">
         <v>63</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D33" s="1"/>
       <c r="E33" s="1" t="s">
         <v>65</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="G33" s="1">
-        <v>33</v>
+        <v>160</v>
       </c>
       <c r="H33" s="1">
-        <v>0.258</v>
+        <v>0.252</v>
       </c>
       <c r="I33" s="1">
         <v>34</v>
       </c>
       <c r="J33" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="B34" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="D34" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="D34" s="1"/>
       <c r="E34" s="1" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="G34" s="1">
-        <v>135</v>
+        <v>191</v>
       </c>
       <c r="H34" s="1">
-        <v>0.225</v>
+        <v>0.163</v>
       </c>
       <c r="I34" s="1">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="J34" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="B35" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="E35" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="F35" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="D35" s="1"/>
-[...5 lines deleted...]
-      </c>
       <c r="G35" s="1">
-        <v>88</v>
+        <v>150</v>
       </c>
       <c r="H35" s="1">
-        <v>0.238</v>
+        <v>0.132</v>
       </c>
       <c r="I35" s="1">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="J35" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="B36" s="1" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="D36" s="1"/>
       <c r="E36" s="1" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="G36" s="1">
-        <v>160</v>
+        <v>36</v>
       </c>
       <c r="H36" s="1">
-        <v>0.252</v>
+        <v>0.3</v>
       </c>
       <c r="I36" s="1">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="J36" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="B37" s="1" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="G37" s="1">
-        <v>191</v>
+        <v>32</v>
       </c>
       <c r="H37" s="1">
-        <v>0.163</v>
+        <v>0.294</v>
       </c>
       <c r="I37" s="1">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="J37" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="B38" s="1" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="D38" s="1"/>
       <c r="E38" s="1" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="G38" s="1">
-        <v>150</v>
+        <v>103</v>
       </c>
       <c r="H38" s="1">
-        <v>0.132</v>
+        <v>0.24</v>
       </c>
       <c r="I38" s="1">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="J38" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="B39" s="1" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="D39" s="1"/>
       <c r="E39" s="1" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G39" s="1">
-        <v>36</v>
+        <v>176</v>
       </c>
       <c r="H39" s="1">
-        <v>0.3</v>
+        <v>0.208</v>
       </c>
       <c r="I39" s="1">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="J39" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="B40" s="1" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="D40" s="1"/>
       <c r="E40" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="G40" s="1">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="H40" s="1">
-        <v>0.294</v>
+        <v>0.11</v>
       </c>
       <c r="I40" s="1">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="J40" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="B41" s="1" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="D41" s="1"/>
+        <v>95</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>96</v>
+      </c>
       <c r="E41" s="1" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>94</v>
+        <v>82</v>
       </c>
       <c r="G41" s="1">
-        <v>103</v>
+        <v>32</v>
       </c>
       <c r="H41" s="1">
-        <v>0.24</v>
+        <v>0.294</v>
       </c>
       <c r="I41" s="1">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="J41" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="B42" s="1" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="D42" s="1"/>
+        <v>98</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>99</v>
+      </c>
       <c r="E42" s="1" t="s">
-        <v>97</v>
+        <v>81</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>94</v>
+        <v>82</v>
       </c>
       <c r="G42" s="1">
-        <v>176</v>
+        <v>32</v>
       </c>
       <c r="H42" s="1">
-        <v>0.208</v>
+        <v>0.294</v>
       </c>
       <c r="I42" s="1">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="J42" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="B43" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D43" s="1"/>
       <c r="E43" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>101</v>
+        <v>58</v>
       </c>
       <c r="G43" s="1">
-        <v>36</v>
+        <v>127</v>
       </c>
       <c r="H43" s="1">
-        <v>0.11</v>
+        <v>0.21</v>
       </c>
       <c r="I43" s="1">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="J43" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="B44" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="D44" s="1" t="s">
         <v>104</v>
       </c>
+      <c r="D44" s="1"/>
       <c r="E44" s="1" t="s">
-        <v>89</v>
+        <v>76</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="G44" s="1">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="H44" s="1">
-        <v>0.294</v>
+        <v>0.3</v>
       </c>
       <c r="I44" s="1">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="J44" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="B45" s="1" t="s">
         <v>105</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="D45" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D45" s="1"/>
       <c r="E45" s="1" t="s">
-        <v>89</v>
+        <v>76</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="G45" s="1">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="H45" s="1">
-        <v>0.294</v>
+        <v>0.3</v>
       </c>
       <c r="I45" s="1">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="J45" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="B46" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="D46" s="1"/>
       <c r="E46" s="1" t="s">
-        <v>110</v>
+        <v>76</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="G46" s="1">
-        <v>127</v>
+        <v>36</v>
       </c>
       <c r="H46" s="1">
-        <v>0.21</v>
+        <v>0.3</v>
       </c>
       <c r="I46" s="1">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="J46" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="B47" s="1" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="D47" s="1"/>
       <c r="E47" s="1" t="s">
-        <v>84</v>
+        <v>111</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>85</v>
+        <v>112</v>
       </c>
       <c r="G47" s="1">
-        <v>36</v>
+        <v>96</v>
       </c>
       <c r="H47" s="1">
-        <v>0.3</v>
+        <v>0.22</v>
       </c>
       <c r="I47" s="1">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="J47" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="B48" s="1" t="s">
         <v>113</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>114</v>
       </c>
       <c r="D48" s="1"/>
       <c r="E48" s="1" t="s">
-        <v>84</v>
+        <v>115</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>85</v>
+        <v>112</v>
       </c>
       <c r="G48" s="1">
-        <v>36</v>
+        <v>143</v>
       </c>
       <c r="H48" s="1">
-        <v>0.3</v>
+        <v>0.22</v>
       </c>
       <c r="I48" s="1">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="J48" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="B49" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="D49" s="1"/>
+        <v>117</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>118</v>
+      </c>
       <c r="E49" s="1" t="s">
-        <v>84</v>
+        <v>119</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>85</v>
+        <v>112</v>
       </c>
       <c r="G49" s="1">
-        <v>36</v>
+        <v>212</v>
       </c>
       <c r="H49" s="1">
-        <v>0.3</v>
+        <v>0.347</v>
       </c>
       <c r="I49" s="1">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="J49" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="B50" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="D50" s="1"/>
       <c r="E50" s="1" t="s">
-        <v>119</v>
+        <v>76</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>120</v>
+        <v>77</v>
       </c>
       <c r="G50" s="1">
-        <v>96</v>
+        <v>36</v>
       </c>
       <c r="H50" s="1">
-        <v>0.22</v>
+        <v>0.3</v>
       </c>
       <c r="I50" s="1">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="J50" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="B51" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D51" s="1"/>
       <c r="E51" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="G51" s="1">
-        <v>143</v>
+        <v>191</v>
       </c>
       <c r="H51" s="1">
-        <v>0.22</v>
+        <v>0.25</v>
       </c>
       <c r="I51" s="1">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="J51" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="B52" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>125</v>
-[...3 lines deleted...]
-      </c>
+        <v>127</v>
+      </c>
+      <c r="D52" s="1"/>
       <c r="E52" s="1" t="s">
-        <v>127</v>
+        <v>92</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>120</v>
+        <v>93</v>
       </c>
       <c r="G52" s="1">
-        <v>212</v>
+        <v>36</v>
       </c>
       <c r="H52" s="1">
-        <v>0.347</v>
+        <v>0.11</v>
       </c>
       <c r="I52" s="1">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="J52" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="B53" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="D53" s="1"/>
+      <c r="D53" s="1" t="s">
+        <v>130</v>
+      </c>
       <c r="E53" s="1" t="s">
-        <v>84</v>
+        <v>131</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>85</v>
+        <v>132</v>
       </c>
       <c r="G53" s="1">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="H53" s="1">
-        <v>0.3</v>
+        <v>0.13</v>
       </c>
       <c r="I53" s="1">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="J53" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="B54" s="1" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="D54" s="1"/>
+        <v>134</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>135</v>
+      </c>
       <c r="E54" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="F54" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="F54" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G54" s="1">
-        <v>191</v>
+        <v>15</v>
       </c>
       <c r="H54" s="1">
-        <v>0.25</v>
+        <v>0.13</v>
       </c>
       <c r="I54" s="1">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="J54" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="B55" s="1" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="D55" s="1"/>
+        <v>138</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>139</v>
+      </c>
       <c r="E55" s="1" t="s">
-        <v>100</v>
+        <v>131</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>101</v>
+        <v>132</v>
       </c>
       <c r="G55" s="1">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="H55" s="1">
-        <v>0.11</v>
+        <v>0.13</v>
       </c>
       <c r="I55" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="J55" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="B56" s="1" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="G56" s="1">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H56" s="1">
         <v>0.13</v>
       </c>
       <c r="I56" s="1">
         <v>25</v>
       </c>
       <c r="J56" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="B57" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>145</v>
+      </c>
+      <c r="D57" s="1"/>
       <c r="E57" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="G57" s="1">
         <v>15</v>
       </c>
       <c r="H57" s="1">
         <v>0.13</v>
       </c>
       <c r="I57" s="1">
         <v>25</v>
       </c>
       <c r="J57" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="B58" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>139</v>
+        <v>150</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="G58" s="1">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="H58" s="1">
         <v>0.13</v>
       </c>
       <c r="I58" s="1">
         <v>25</v>
       </c>
       <c r="J58" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="B59" s="1" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="G59" s="1">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="H59" s="1">
         <v>0.13</v>
       </c>
       <c r="I59" s="1">
         <v>25</v>
       </c>
       <c r="J59" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="B60" s="1" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="D60" s="1"/>
+        <v>156</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>157</v>
+      </c>
       <c r="E60" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="G60" s="1">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="H60" s="1">
         <v>0.13</v>
       </c>
       <c r="I60" s="1">
         <v>25</v>
       </c>
       <c r="J60" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="B61" s="1" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="G61" s="1">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="H61" s="1">
         <v>0.13</v>
       </c>
       <c r="I61" s="1">
         <v>25</v>
       </c>
       <c r="J61" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="B62" s="1" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="G62" s="1">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="H62" s="1">
         <v>0.13</v>
       </c>
       <c r="I62" s="1">
         <v>25</v>
       </c>
       <c r="J62" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="B63" s="1" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="G63" s="1">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="H63" s="1">
         <v>0.13</v>
       </c>
       <c r="I63" s="1">
         <v>25</v>
       </c>
       <c r="J63" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="B64" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="G64" s="1">
         <v>28</v>
       </c>
       <c r="H64" s="1">
         <v>0.13</v>
       </c>
       <c r="I64" s="1">
         <v>25</v>
       </c>
       <c r="J64" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="B65" s="1" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="G65" s="1">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="H65" s="1">
-        <v>0.13</v>
+        <v>0.15</v>
       </c>
       <c r="I65" s="1">
         <v>25</v>
       </c>
       <c r="J65" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="B66" s="1" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>177</v>
+        <v>142</v>
       </c>
       <c r="E66" s="1" t="s">
         <v>178</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="G66" s="1">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="H66" s="1">
         <v>0.13</v>
       </c>
       <c r="I66" s="1">
         <v>25</v>
       </c>
       <c r="J66" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="B67" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>182</v>
+        <v>162</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="G67" s="1">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="H67" s="1">
         <v>0.13</v>
       </c>
       <c r="I67" s="1">
         <v>25</v>
       </c>
       <c r="J67" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="B68" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>186</v>
+        <v>146</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="G68" s="1">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="H68" s="1">
-        <v>0.15</v>
+        <v>0.13</v>
       </c>
       <c r="I68" s="1">
         <v>25</v>
       </c>
       <c r="J68" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="B69" s="1" t="s">
         <v>187</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>188</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>150</v>
+        <v>142</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>186</v>
+        <v>131</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="G69" s="1">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="H69" s="1">
         <v>0.13</v>
       </c>
       <c r="I69" s="1">
         <v>25</v>
       </c>
       <c r="J69" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="B70" s="1" t="s">
         <v>189</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>190</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>191</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>170</v>
+        <v>146</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="G70" s="1">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="H70" s="1">
         <v>0.13</v>
       </c>
       <c r="I70" s="1">
         <v>25</v>
       </c>
       <c r="J70" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="B71" s="1" t="s">
         <v>192</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>193</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>194</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>154</v>
+        <v>195</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="G71" s="1">
         <v>28</v>
       </c>
       <c r="H71" s="1">
         <v>0.13</v>
       </c>
       <c r="I71" s="1">
         <v>25</v>
       </c>
       <c r="J71" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="B72" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>150</v>
+        <v>198</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>139</v>
+        <v>174</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="G72" s="1">
         <v>28</v>
       </c>
       <c r="H72" s="1">
         <v>0.13</v>
       </c>
       <c r="I72" s="1">
         <v>25</v>
       </c>
       <c r="J72" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="B73" s="1" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>198</v>
-[...3 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="D73" s="1"/>
       <c r="E73" s="1" t="s">
-        <v>154</v>
+        <v>201</v>
       </c>
       <c r="F73" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="G73" s="1">
         <v>140</v>
       </c>
-      <c r="G73" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="H73" s="1">
-        <v>0.13</v>
+        <v>0.148</v>
       </c>
       <c r="I73" s="1">
         <v>25</v>
       </c>
       <c r="J73" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="B74" s="1" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>140</v>
+        <v>206</v>
       </c>
       <c r="G74" s="1">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="H74" s="1">
-        <v>0.13</v>
+        <v>0.2</v>
       </c>
       <c r="I74" s="1">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="J74" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="B75" s="1" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>205</v>
-[...3 lines deleted...]
-      </c>
+        <v>208</v>
+      </c>
+      <c r="D75" s="1"/>
       <c r="E75" s="1" t="s">
-        <v>182</v>
+        <v>209</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>140</v>
+        <v>210</v>
       </c>
       <c r="G75" s="1">
-        <v>28</v>
+        <v>128</v>
       </c>
       <c r="H75" s="1">
-        <v>0.13</v>
+        <v>0.24</v>
       </c>
       <c r="I75" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="J75" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="B76" s="1" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="D76" s="1"/>
       <c r="E76" s="1" t="s">
         <v>209</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>120</v>
+        <v>210</v>
       </c>
       <c r="G76" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
       <c r="H76" s="1">
-        <v>0.148</v>
+        <v>0.24</v>
       </c>
       <c r="I76" s="1">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="J76" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="B77" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D77" s="1"/>
+      <c r="E77" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="F77" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="C77" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G77" s="1">
-        <v>44</v>
+        <v>96</v>
       </c>
       <c r="H77" s="1">
-        <v>0.2</v>
+        <v>0.24</v>
       </c>
       <c r="I77" s="1">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="J77" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="B78" s="1" t="s">
         <v>215</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>216</v>
       </c>
       <c r="D78" s="1"/>
       <c r="E78" s="1" t="s">
         <v>217</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>218</v>
+        <v>210</v>
       </c>
       <c r="G78" s="1">
-        <v>128</v>
+        <v>104</v>
       </c>
       <c r="H78" s="1">
         <v>0.24</v>
       </c>
       <c r="I78" s="1">
         <v>20</v>
       </c>
       <c r="J78" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="B79" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="C79" s="1" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="D79" s="1"/>
       <c r="E79" s="1" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>218</v>
+        <v>58</v>
       </c>
       <c r="G79" s="1">
-        <v>160</v>
+        <v>128</v>
       </c>
       <c r="H79" s="1">
-        <v>0.24</v>
+        <v>0.32</v>
       </c>
       <c r="I79" s="1">
-        <v>21</v>
+        <v>19.5</v>
       </c>
       <c r="J79" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="B80" s="1" t="s">
         <v>221</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>222</v>
       </c>
       <c r="D80" s="1"/>
       <c r="E80" s="1" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="G80" s="1">
-        <v>96</v>
+        <v>25</v>
       </c>
       <c r="H80" s="1">
-        <v>0.24</v>
+        <v>0.11</v>
       </c>
       <c r="I80" s="1">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="J80" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="B81" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D81" s="1"/>
       <c r="E81" s="1" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>218</v>
+        <v>112</v>
       </c>
       <c r="G81" s="1">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H81" s="1">
-        <v>0.24</v>
+        <v>0.148</v>
       </c>
       <c r="I81" s="1">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="J81" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="B82" s="1" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D82" s="1"/>
       <c r="E82" s="1" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>66</v>
+        <v>112</v>
       </c>
       <c r="G82" s="1">
-        <v>128</v>
+        <v>117</v>
       </c>
       <c r="H82" s="1">
-        <v>0.32</v>
+        <v>0.148</v>
       </c>
       <c r="I82" s="1">
-        <v>19.5</v>
+        <v>31</v>
       </c>
       <c r="J82" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="B83" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D83" s="1"/>
       <c r="E83" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="G83" s="1">
-        <v>25</v>
+        <v>142</v>
       </c>
       <c r="H83" s="1">
-        <v>0.11</v>
+        <v>0.124</v>
       </c>
       <c r="I83" s="1">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="J83" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="B84" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D84" s="1"/>
       <c r="E84" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>120</v>
+        <v>233</v>
       </c>
       <c r="G84" s="1">
-        <v>94</v>
+        <v>234</v>
       </c>
       <c r="H84" s="1">
-        <v>0.148</v>
+        <v>0.198</v>
       </c>
       <c r="I84" s="1">
         <v>29</v>
       </c>
       <c r="J84" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="B85" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D85" s="1"/>
       <c r="E85" s="1" t="s">
-        <v>235</v>
+        <v>57</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>120</v>
+        <v>58</v>
       </c>
       <c r="G85" s="1">
-        <v>117</v>
+        <v>180</v>
       </c>
       <c r="H85" s="1">
-        <v>0.148</v>
+        <v>0.295</v>
       </c>
       <c r="I85" s="1">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="J85" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="B86" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D86" s="1"/>
       <c r="E86" s="1" t="s">
-        <v>240</v>
+        <v>223</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>241</v>
+        <v>224</v>
       </c>
       <c r="G86" s="1">
-        <v>142</v>
+        <v>25</v>
       </c>
       <c r="H86" s="1">
-        <v>0.124</v>
+        <v>0.11</v>
       </c>
       <c r="I86" s="1">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="J86" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="B87" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="C87" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="C87" s="1" t="s">
+      <c r="D87" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="D87" s="1"/>
       <c r="E87" s="1" t="s">
         <v>244</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>241</v>
+        <v>132</v>
       </c>
       <c r="G87" s="1">
-        <v>234</v>
+        <v>28</v>
       </c>
       <c r="H87" s="1">
-        <v>0.198</v>
+        <v>0.13</v>
       </c>
       <c r="I87" s="1">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="J87" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="B88" s="1" t="s">
         <v>245</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>246</v>
       </c>
       <c r="D88" s="1"/>
       <c r="E88" s="1" t="s">
-        <v>65</v>
+        <v>247</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>66</v>
+        <v>248</v>
       </c>
       <c r="G88" s="1">
-        <v>180</v>
+        <v>84</v>
       </c>
       <c r="H88" s="1">
-        <v>0.295</v>
+        <v>0.255</v>
       </c>
       <c r="I88" s="1">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="J88" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="B89" s="1" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="D89" s="1"/>
+        <v>250</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>251</v>
+      </c>
       <c r="E89" s="1" t="s">
-        <v>231</v>
+        <v>252</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>232</v>
+        <v>58</v>
       </c>
       <c r="G89" s="1">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H89" s="1">
-        <v>0.11</v>
+        <v>0.1</v>
       </c>
       <c r="I89" s="1">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="J89" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="B90" s="1" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>250</v>
-[...3 lines deleted...]
-      </c>
+        <v>254</v>
+      </c>
+      <c r="D90" s="1"/>
       <c r="E90" s="1" t="s">
-        <v>252</v>
+        <v>76</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>140</v>
+        <v>77</v>
       </c>
       <c r="G90" s="1">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="H90" s="1">
-        <v>0.13</v>
+        <v>0.3</v>
       </c>
       <c r="I90" s="1">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="J90" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="B91" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="D91" s="1"/>
       <c r="E91" s="1" t="s">
-        <v>255</v>
+        <v>223</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>256</v>
+        <v>224</v>
       </c>
       <c r="G91" s="1">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="H91" s="1">
-        <v>0.255</v>
+        <v>0.11</v>
       </c>
       <c r="I91" s="1">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="J91" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="B92" s="1" t="s">
         <v>257</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>258</v>
       </c>
-      <c r="D92" s="1" t="s">
+      <c r="D92" s="1"/>
+      <c r="E92" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="F92" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="E92" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G92" s="1">
-        <v>24</v>
+        <v>400</v>
       </c>
       <c r="H92" s="1">
-        <v>0.1</v>
+        <v>0.28</v>
       </c>
       <c r="I92" s="1">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="J92" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="B93" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="C93" s="1" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="D93" s="1"/>
       <c r="E93" s="1" t="s">
-        <v>84</v>
+        <v>102</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>85</v>
+        <v>70</v>
       </c>
       <c r="G93" s="1">
-        <v>36</v>
+        <v>270</v>
       </c>
       <c r="H93" s="1">
-        <v>0.3</v>
+        <v>0.226</v>
       </c>
       <c r="I93" s="1">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="J93" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="B94" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C94" s="1" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
       <c r="D94" s="1"/>
       <c r="E94" s="1" t="s">
-        <v>231</v>
+        <v>92</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>232</v>
+        <v>93</v>
       </c>
       <c r="G94" s="1">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="H94" s="1">
         <v>0.11</v>
       </c>
       <c r="I94" s="1">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="J94" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="B95" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="C95" s="1" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="D95" s="1"/>
       <c r="E95" s="1" t="s">
-        <v>209</v>
+        <v>92</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>267</v>
+        <v>112</v>
       </c>
       <c r="G95" s="1">
-        <v>400</v>
+        <v>138</v>
       </c>
       <c r="H95" s="1">
-        <v>0.28</v>
+        <v>0.22</v>
       </c>
       <c r="I95" s="1">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="J95" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="B96" s="1" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D96" s="1"/>
       <c r="E96" s="1" t="s">
-        <v>110</v>
+        <v>268</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>78</v>
+        <v>206</v>
       </c>
       <c r="G96" s="1">
-        <v>270</v>
+        <v>15</v>
       </c>
       <c r="H96" s="1">
-        <v>0.226</v>
+        <v>0.24</v>
       </c>
       <c r="I96" s="1">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="J96" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="B97" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="C97" s="1" t="s">
         <v>270</v>
       </c>
-      <c r="C97" s="1" t="s">
+      <c r="D97" s="1" t="s">
         <v>271</v>
       </c>
-      <c r="D97" s="1"/>
       <c r="E97" s="1" t="s">
-        <v>100</v>
+        <v>146</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>101</v>
+        <v>132</v>
       </c>
       <c r="G97" s="1">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="H97" s="1">
-        <v>0.11</v>
+        <v>0.22</v>
       </c>
       <c r="I97" s="1">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="J97" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="B98" s="1" t="s">
         <v>272</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="D98" s="1"/>
+      <c r="D98" s="1" t="s">
+        <v>274</v>
+      </c>
       <c r="E98" s="1" t="s">
-        <v>100</v>
+        <v>275</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>120</v>
+        <v>233</v>
       </c>
       <c r="G98" s="1">
-        <v>138</v>
+        <v>91</v>
       </c>
       <c r="H98" s="1">
-        <v>0.22</v>
+        <v>0.088</v>
       </c>
       <c r="I98" s="1">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="J98" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="B99" s="1" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="D99" s="1"/>
       <c r="E99" s="1" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>214</v>
+        <v>112</v>
       </c>
       <c r="G99" s="1">
-        <v>15</v>
+        <v>138</v>
       </c>
       <c r="H99" s="1">
-        <v>0.24</v>
+        <v>0.22</v>
       </c>
       <c r="I99" s="1">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="J99" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="B100" s="1" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>278</v>
-[...3 lines deleted...]
-      </c>
+        <v>280</v>
+      </c>
+      <c r="D100" s="1"/>
       <c r="E100" s="1" t="s">
-        <v>154</v>
+        <v>92</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>140</v>
+        <v>93</v>
       </c>
       <c r="G100" s="1">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="H100" s="1">
-        <v>0.22</v>
+        <v>0.11</v>
       </c>
       <c r="I100" s="1">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="J100" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="B101" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>281</v>
-[...1 lines deleted...]
-      <c r="D101" s="1" t="s">
         <v>282</v>
       </c>
+      <c r="D101" s="1"/>
       <c r="E101" s="1" t="s">
-        <v>283</v>
+        <v>220</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>241</v>
+        <v>58</v>
       </c>
       <c r="G101" s="1">
-        <v>91</v>
+        <v>128</v>
       </c>
       <c r="H101" s="1">
-        <v>0.088</v>
+        <v>0.231</v>
       </c>
       <c r="I101" s="1">
-        <v>24</v>
+        <v>19.5</v>
       </c>
       <c r="J101" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="B102" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="C102" s="1" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="D102" s="1"/>
       <c r="E102" s="1" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>120</v>
+        <v>58</v>
       </c>
       <c r="G102" s="1">
-        <v>138</v>
+        <v>24</v>
       </c>
       <c r="H102" s="1">
-        <v>0.22</v>
+        <v>0.2</v>
       </c>
       <c r="I102" s="1">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="J102" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="B103" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="C103" s="1" t="s">
         <v>287</v>
       </c>
-      <c r="C103" s="1" t="s">
+      <c r="D103" s="1" t="s">
         <v>288</v>
       </c>
-      <c r="D103" s="1"/>
       <c r="E103" s="1" t="s">
-        <v>100</v>
+        <v>81</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>101</v>
+        <v>82</v>
       </c>
       <c r="G103" s="1">
+        <v>32</v>
+      </c>
+      <c r="H103" s="1">
+        <v>0.294</v>
+      </c>
+      <c r="I103" s="1">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
       <c r="J103" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="B104" s="1" t="s">
         <v>289</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>290</v>
       </c>
       <c r="D104" s="1"/>
       <c r="E104" s="1" t="s">
-        <v>228</v>
+        <v>92</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>66</v>
+        <v>93</v>
       </c>
       <c r="G104" s="1">
-        <v>128</v>
+        <v>36</v>
       </c>
       <c r="H104" s="1">
-        <v>0.231</v>
+        <v>0.11</v>
       </c>
       <c r="I104" s="1">
-        <v>19.5</v>
+        <v>20</v>
       </c>
       <c r="J104" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="B105" s="1" t="s">
         <v>291</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="D105" s="1"/>
+      <c r="D105" s="1" t="s">
+        <v>293</v>
+      </c>
       <c r="E105" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>66</v>
+        <v>233</v>
       </c>
       <c r="G105" s="1">
-        <v>24</v>
+        <v>135</v>
       </c>
       <c r="H105" s="1">
-        <v>0.2</v>
+        <v>0.119</v>
       </c>
       <c r="I105" s="1">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="J105" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="B106" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>295</v>
-[...1 lines deleted...]
-      <c r="D106" s="1" t="s">
         <v>296</v>
       </c>
+      <c r="D106" s="1"/>
       <c r="E106" s="1" t="s">
-        <v>89</v>
+        <v>297</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="G106" s="1">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="H106" s="1">
-        <v>0.294</v>
+        <v>0.196</v>
       </c>
       <c r="I106" s="1">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="J106" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="B107" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D107" s="1"/>
       <c r="E107" s="1" t="s">
-        <v>100</v>
+        <v>297</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>101</v>
+        <v>77</v>
       </c>
       <c r="G107" s="1">
         <v>36</v>
       </c>
       <c r="H107" s="1">
-        <v>0.11</v>
+        <v>0.24</v>
       </c>
       <c r="I107" s="1">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="J107" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="B108" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>300</v>
-[...1 lines deleted...]
-      <c r="D108" s="1" t="s">
         <v>301</v>
       </c>
+      <c r="D108" s="1"/>
       <c r="E108" s="1" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>241</v>
+        <v>77</v>
       </c>
       <c r="G108" s="1">
-        <v>135</v>
+        <v>36</v>
       </c>
       <c r="H108" s="1">
-        <v>0.119</v>
+        <v>0.196</v>
       </c>
       <c r="I108" s="1">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="J108" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="B109" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C109" s="1" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="D109" s="1"/>
       <c r="E109" s="1" t="s">
-        <v>305</v>
+        <v>297</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>85</v>
+        <v>77</v>
       </c>
       <c r="G109" s="1">
         <v>36</v>
       </c>
       <c r="H109" s="1">
         <v>0.196</v>
       </c>
       <c r="I109" s="1">
         <v>24</v>
       </c>
       <c r="J109" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="B110" s="1" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="D110" s="1"/>
       <c r="E110" s="1" t="s">
-        <v>305</v>
+        <v>297</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>85</v>
+        <v>77</v>
       </c>
       <c r="G110" s="1">
         <v>36</v>
       </c>
       <c r="H110" s="1">
         <v>0.24</v>
       </c>
       <c r="I110" s="1">
         <v>24</v>
       </c>
       <c r="J110" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="B111" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="D111" s="1" t="s">
         <v>308</v>
       </c>
-      <c r="C111" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D111" s="1"/>
       <c r="E111" s="1" t="s">
-        <v>305</v>
+        <v>81</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="G111" s="1">
+        <v>32</v>
+      </c>
+      <c r="H111" s="1">
+        <v>0.294</v>
+      </c>
+      <c r="I111" s="1">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
       <c r="J111" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="B112" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="C112" s="1" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="D112" s="1"/>
       <c r="E112" s="1" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>85</v>
+        <v>210</v>
       </c>
       <c r="G112" s="1">
-        <v>36</v>
+        <v>128</v>
       </c>
       <c r="H112" s="1">
-        <v>0.196</v>
+        <v>0.114</v>
       </c>
       <c r="I112" s="1">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="J112" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="B113" s="1" t="s">
         <v>312</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>313</v>
       </c>
       <c r="D113" s="1"/>
       <c r="E113" s="1" t="s">
-        <v>305</v>
+        <v>220</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>85</v>
+        <v>58</v>
       </c>
       <c r="G113" s="1">
-        <v>36</v>
+        <v>128</v>
       </c>
       <c r="H113" s="1">
-        <v>0.24</v>
+        <v>0.223</v>
       </c>
       <c r="I113" s="1">
-        <v>24</v>
+        <v>19.5</v>
       </c>
       <c r="J113" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="B114" s="1" t="s">
         <v>314</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>315</v>
       </c>
-      <c r="D114" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D114" s="1"/>
       <c r="E114" s="1" t="s">
-        <v>89</v>
+        <v>76</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="G114" s="1">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="H114" s="1">
-        <v>0.294</v>
+        <v>0.3</v>
       </c>
       <c r="I114" s="1">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="J114" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="B115" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="C115" s="1" t="s">
         <v>317</v>
       </c>
-      <c r="C115" s="1" t="s">
+      <c r="D115" s="1" t="s">
         <v>318</v>
       </c>
-      <c r="D115" s="1"/>
       <c r="E115" s="1" t="s">
-        <v>319</v>
+        <v>119</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>218</v>
+        <v>112</v>
       </c>
       <c r="G115" s="1">
-        <v>128</v>
+        <v>260</v>
       </c>
       <c r="H115" s="1">
-        <v>0.114</v>
+        <v>0.347</v>
       </c>
       <c r="I115" s="1">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="J115" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="B116" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="C116" s="1" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="D116" s="1"/>
       <c r="E116" s="1" t="s">
-        <v>228</v>
+        <v>92</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>66</v>
+        <v>93</v>
       </c>
       <c r="G116" s="1">
-        <v>128</v>
+        <v>36</v>
       </c>
       <c r="H116" s="1">
-        <v>0.223</v>
+        <v>0.11</v>
       </c>
       <c r="I116" s="1">
-        <v>19.5</v>
+        <v>20</v>
       </c>
       <c r="J116" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="B117" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="C117" s="1" t="s">
         <v>322</v>
       </c>
-      <c r="C117" s="1" t="s">
+      <c r="D117" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="D117" s="1"/>
       <c r="E117" s="1" t="s">
-        <v>84</v>
+        <v>324</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>85</v>
+        <v>70</v>
       </c>
       <c r="G117" s="1">
-        <v>36</v>
+        <v>166</v>
       </c>
       <c r="H117" s="1">
-        <v>0.3</v>
+        <v>0.146</v>
       </c>
       <c r="I117" s="1">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="J117" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="B118" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>127</v>
+        <v>328</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>120</v>
+        <v>248</v>
       </c>
       <c r="G118" s="1">
-        <v>260</v>
+        <v>96</v>
       </c>
       <c r="H118" s="1">
-        <v>0.347</v>
+        <v>0.2</v>
       </c>
       <c r="I118" s="1">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="J118" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="B119" s="1" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="D119" s="1"/>
       <c r="E119" s="1" t="s">
-        <v>100</v>
+        <v>220</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>101</v>
+        <v>58</v>
       </c>
       <c r="G119" s="1">
-        <v>36</v>
+        <v>128</v>
       </c>
       <c r="H119" s="1">
-        <v>0.11</v>
+        <v>0.32</v>
       </c>
       <c r="I119" s="1">
-        <v>20</v>
+        <v>19.5</v>
       </c>
       <c r="J119" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="B120" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>332</v>
+        <v>119</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>78</v>
+        <v>112</v>
       </c>
       <c r="G120" s="1">
-        <v>166</v>
+        <v>188</v>
       </c>
       <c r="H120" s="1">
-        <v>0.146</v>
+        <v>0.192</v>
       </c>
       <c r="I120" s="1">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="J120" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="B121" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>256</v>
+        <v>112</v>
       </c>
       <c r="G121" s="1">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="H121" s="1">
-        <v>0.2</v>
+        <v>0.3</v>
       </c>
       <c r="I121" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="J121" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="B122" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D122" s="1"/>
       <c r="E122" s="1" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>66</v>
+        <v>224</v>
       </c>
       <c r="G122" s="1">
-        <v>128</v>
+        <v>25</v>
       </c>
       <c r="H122" s="1">
-        <v>0.32</v>
+        <v>0.11</v>
       </c>
       <c r="I122" s="1">
-        <v>19.5</v>
+        <v>14</v>
       </c>
       <c r="J122" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="B123" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>127</v>
+        <v>328</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>120</v>
+        <v>343</v>
       </c>
       <c r="G123" s="1">
-        <v>188</v>
+        <v>100</v>
       </c>
       <c r="H123" s="1">
-        <v>0.192</v>
+        <v>0.77</v>
       </c>
       <c r="I123" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="J123" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="B124" s="1" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>345</v>
+        <v>252</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>120</v>
+        <v>58</v>
       </c>
       <c r="G124" s="1">
-        <v>102</v>
+        <v>24</v>
       </c>
       <c r="H124" s="1">
-        <v>0.3</v>
+        <v>0.1</v>
       </c>
       <c r="I124" s="1">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="J124" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="B125" s="1" t="s">
         <v>346</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>347</v>
       </c>
       <c r="D125" s="1"/>
       <c r="E125" s="1" t="s">
-        <v>231</v>
+        <v>247</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>232</v>
+        <v>248</v>
       </c>
       <c r="G125" s="1">
-        <v>25</v>
+        <v>72</v>
       </c>
       <c r="H125" s="1">
-        <v>0.11</v>
+        <v>0.255</v>
       </c>
       <c r="I125" s="1">
-        <v>14</v>
+        <v>16.5</v>
       </c>
       <c r="J125" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="B126" s="1" t="s">
         <v>348</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>349</v>
       </c>
-      <c r="D126" s="1" t="s">
+      <c r="D126" s="1"/>
+      <c r="E126" s="1" t="s">
         <v>350</v>
       </c>
-      <c r="E126" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F126" s="1" t="s">
-        <v>351</v>
+        <v>86</v>
       </c>
       <c r="G126" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
       <c r="H126" s="1">
-        <v>0.77</v>
+        <v>0.24</v>
       </c>
       <c r="I126" s="1">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="J126" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="B127" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="C127" s="1" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>353</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>260</v>
+        <v>354</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>66</v>
+        <v>248</v>
       </c>
       <c r="G127" s="1">
-        <v>24</v>
+        <v>96</v>
       </c>
       <c r="H127" s="1">
-        <v>0.1</v>
+        <v>0.2</v>
       </c>
       <c r="I127" s="1">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="J127" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="B128" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>355</v>
-[...1 lines deleted...]
-      <c r="D128" s="1"/>
+        <v>356</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>357</v>
+      </c>
       <c r="E128" s="1" t="s">
-        <v>255</v>
+        <v>285</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>256</v>
+        <v>58</v>
       </c>
       <c r="G128" s="1">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="H128" s="1">
-        <v>0.255</v>
+        <v>0.25</v>
       </c>
       <c r="I128" s="1">
-        <v>16.5</v>
+        <v>12</v>
       </c>
       <c r="J128" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="B129" s="1" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="D129" s="1"/>
       <c r="E129" s="1" t="s">
-        <v>358</v>
+        <v>119</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>94</v>
+        <v>360</v>
       </c>
       <c r="G129" s="1">
-        <v>160</v>
+        <v>148</v>
       </c>
       <c r="H129" s="1">
-        <v>0.24</v>
+        <v>0.18</v>
       </c>
       <c r="I129" s="1">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="J129" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="B130" s="1" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>362</v>
+        <v>119</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>256</v>
+        <v>112</v>
       </c>
       <c r="G130" s="1">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H130" s="1">
-        <v>0.2</v>
+        <v>0.178</v>
       </c>
       <c r="I130" s="1">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="J130" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="B131" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>293</v>
+        <v>367</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>66</v>
+        <v>248</v>
       </c>
       <c r="G131" s="1">
-        <v>24</v>
+        <v>173</v>
       </c>
       <c r="H131" s="1">
-        <v>0.25</v>
+        <v>0.255</v>
       </c>
       <c r="I131" s="1">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="J131" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="B132" s="1" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="D132" s="1"/>
       <c r="E132" s="1" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>368</v>
+        <v>112</v>
       </c>
       <c r="G132" s="1">
-        <v>148</v>
+        <v>176</v>
       </c>
       <c r="H132" s="1">
-        <v>0.18</v>
+        <v>0.3</v>
       </c>
       <c r="I132" s="1">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="J132" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="B133" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>370</v>
-[...1 lines deleted...]
-      <c r="D133" s="1" t="s">
         <v>371</v>
       </c>
+      <c r="D133" s="1"/>
       <c r="E133" s="1" t="s">
-        <v>127</v>
+        <v>372</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="G133" s="1">
-        <v>176</v>
+        <v>96</v>
       </c>
       <c r="H133" s="1">
-        <v>0.178</v>
+        <v>0.18</v>
       </c>
       <c r="I133" s="1">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="J133" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="B134" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="D134" s="1" t="s">
         <v>374</v>
       </c>
+      <c r="D134" s="1"/>
       <c r="E134" s="1" t="s">
-        <v>375</v>
+        <v>76</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>256</v>
+        <v>77</v>
       </c>
       <c r="G134" s="1">
-        <v>173</v>
+        <v>36</v>
       </c>
       <c r="H134" s="1">
-        <v>0.255</v>
+        <v>0.3</v>
       </c>
       <c r="I134" s="1">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="J134" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="B135" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="C135" s="1" t="s">
         <v>376</v>
-      </c>
-[...1 lines deleted...]
-        <v>377</v>
       </c>
       <c r="D135" s="1"/>
       <c r="E135" s="1" t="s">
-        <v>127</v>
+        <v>377</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="G135" s="1">
-        <v>176</v>
+        <v>123</v>
       </c>
       <c r="H135" s="1">
-        <v>0.3</v>
+        <v>0.192</v>
       </c>
       <c r="I135" s="1">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="J135" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="B136" s="1" t="s">
         <v>378</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>379</v>
       </c>
       <c r="D136" s="1"/>
       <c r="E136" s="1" t="s">
-        <v>380</v>
+        <v>247</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>120</v>
+        <v>248</v>
       </c>
       <c r="G136" s="1">
-        <v>96</v>
+        <v>54</v>
       </c>
       <c r="H136" s="1">
-        <v>0.18</v>
+        <v>0.255</v>
       </c>
       <c r="I136" s="1">
-        <v>21</v>
+        <v>16.5</v>
       </c>
       <c r="J136" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="B137" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="C137" s="1" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
       <c r="D137" s="1"/>
       <c r="E137" s="1" t="s">
-        <v>84</v>
+        <v>223</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>85</v>
+        <v>224</v>
       </c>
       <c r="G137" s="1">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="H137" s="1">
-        <v>0.3</v>
+        <v>0.11</v>
       </c>
       <c r="I137" s="1">
         <v>14</v>
       </c>
       <c r="J137" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="B138" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="C138" s="1" t="s">
         <v>383</v>
       </c>
-      <c r="C138" s="1" t="s">
+      <c r="D138" s="1" t="s">
         <v>384</v>
       </c>
-      <c r="D138" s="1"/>
       <c r="E138" s="1" t="s">
-        <v>385</v>
+        <v>205</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>120</v>
+        <v>206</v>
       </c>
       <c r="G138" s="1">
-        <v>123</v>
+        <v>40</v>
       </c>
       <c r="H138" s="1">
-        <v>0.192</v>
+        <v>0.2</v>
       </c>
       <c r="I138" s="1">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="J138" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="B139" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="C139" s="1" t="s">
         <v>386</v>
       </c>
-      <c r="C139" s="1" t="s">
+      <c r="D139" s="1" t="s">
         <v>387</v>
       </c>
-      <c r="D139" s="1"/>
       <c r="E139" s="1" t="s">
-        <v>255</v>
+        <v>205</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>256</v>
+        <v>206</v>
       </c>
       <c r="G139" s="1">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="H139" s="1">
-        <v>0.255</v>
+        <v>0.2</v>
       </c>
       <c r="I139" s="1">
-        <v>16.5</v>
+        <v>19</v>
       </c>
       <c r="J139" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="B140" s="1" t="s">
         <v>388</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>389</v>
       </c>
-      <c r="D140" s="1"/>
+      <c r="D140" s="1" t="s">
+        <v>390</v>
+      </c>
       <c r="E140" s="1" t="s">
-        <v>231</v>
+        <v>205</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>232</v>
+        <v>206</v>
       </c>
       <c r="G140" s="1">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="H140" s="1">
-        <v>0.11</v>
+        <v>0.2</v>
       </c>
       <c r="I140" s="1">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="J140" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="B141" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>213</v>
+        <v>394</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>214</v>
+        <v>86</v>
       </c>
       <c r="G141" s="1">
-        <v>40</v>
+        <v>77</v>
       </c>
       <c r="H141" s="1">
-        <v>0.2</v>
+        <v>0.162</v>
       </c>
       <c r="I141" s="1">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="J141" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="B142" s="1" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>394</v>
-[...3 lines deleted...]
-      </c>
+        <v>396</v>
+      </c>
+      <c r="D142" s="1"/>
       <c r="E142" s="1" t="s">
-        <v>213</v>
+        <v>220</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>214</v>
+        <v>397</v>
       </c>
       <c r="G142" s="1">
-        <v>44</v>
+        <v>128</v>
       </c>
       <c r="H142" s="1">
-        <v>0.2</v>
+        <v>0.231</v>
       </c>
       <c r="I142" s="1">
-        <v>19</v>
+        <v>19.5</v>
       </c>
       <c r="J142" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="B143" s="1" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>397</v>
-[...3 lines deleted...]
-      </c>
+        <v>399</v>
+      </c>
+      <c r="D143" s="1"/>
       <c r="E143" s="1" t="s">
-        <v>213</v>
+        <v>400</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>214</v>
+        <v>401</v>
       </c>
       <c r="G143" s="1">
+        <v>240</v>
+      </c>
+      <c r="H143" s="1">
+        <v>0.24</v>
+      </c>
+      <c r="I143" s="1">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
       <c r="J143" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="B144" s="1" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>400</v>
-[...3 lines deleted...]
-      </c>
+        <v>403</v>
+      </c>
+      <c r="D144" s="1"/>
       <c r="E144" s="1" t="s">
-        <v>402</v>
+        <v>76</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>94</v>
+        <v>77</v>
       </c>
       <c r="G144" s="1">
-        <v>77</v>
+        <v>36</v>
       </c>
       <c r="H144" s="1">
-        <v>0.162</v>
+        <v>0.3</v>
       </c>
       <c r="I144" s="1">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="J144" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="B145" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D145" s="1"/>
       <c r="E145" s="1" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>405</v>
+        <v>224</v>
       </c>
       <c r="G145" s="1">
-        <v>128</v>
+        <v>25</v>
       </c>
       <c r="H145" s="1">
-        <v>0.231</v>
+        <v>0.11</v>
       </c>
       <c r="I145" s="1">
-        <v>19.5</v>
+        <v>14</v>
       </c>
       <c r="J145" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="146" spans="1:10">
       <c r="B146" s="1" t="s">
         <v>406</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>407</v>
       </c>
-      <c r="D146" s="1"/>
+      <c r="D146" s="1" t="s">
+        <v>408</v>
+      </c>
       <c r="E146" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="F146" s="1" t="s">
-        <v>409</v>
+        <v>86</v>
       </c>
       <c r="G146" s="1">
-        <v>240</v>
+        <v>111</v>
       </c>
       <c r="H146" s="1">
         <v>0.24</v>
       </c>
       <c r="I146" s="1">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="J146" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="B147" s="1" t="s">
         <v>410</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>411</v>
       </c>
-      <c r="D147" s="1"/>
+      <c r="D147" s="1" t="s">
+        <v>412</v>
+      </c>
       <c r="E147" s="1" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="G147" s="1">
+        <v>32</v>
+      </c>
+      <c r="H147" s="1">
+        <v>0.294</v>
+      </c>
+      <c r="I147" s="1">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
       <c r="J147" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="B148" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>413</v>
-[...1 lines deleted...]
-      <c r="D148" s="1"/>
+        <v>414</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>415</v>
+      </c>
       <c r="E148" s="1" t="s">
-        <v>231</v>
+        <v>416</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="G148" s="1">
-        <v>25</v>
+        <v>148</v>
       </c>
       <c r="H148" s="1">
-        <v>0.11</v>
+        <v>0.13</v>
       </c>
       <c r="I148" s="1">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="J148" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="B149" s="1" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>415</v>
-[...3 lines deleted...]
-      </c>
+        <v>418</v>
+      </c>
+      <c r="D149" s="1"/>
       <c r="E149" s="1" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="F149" s="1" t="s">
-        <v>94</v>
+        <v>77</v>
       </c>
       <c r="G149" s="1">
-        <v>111</v>
+        <v>35</v>
       </c>
       <c r="H149" s="1">
-        <v>0.24</v>
+        <v>0.2</v>
       </c>
       <c r="I149" s="1">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J149" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="B150" s="1" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="C150" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="D150" s="1"/>
+      <c r="E150" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="D150" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F150" s="1" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="G150" s="1">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H150" s="1">
-        <v>0.294</v>
+        <v>0.2</v>
       </c>
       <c r="I150" s="1">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="J150" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="B151" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>422</v>
-[...1 lines deleted...]
-      <c r="D151" s="1" t="s">
         <v>423</v>
       </c>
+      <c r="D151" s="1"/>
       <c r="E151" s="1" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>241</v>
+        <v>77</v>
       </c>
       <c r="G151" s="1">
-        <v>148</v>
+        <v>35</v>
       </c>
       <c r="H151" s="1">
-        <v>0.13</v>
+        <v>0.2</v>
       </c>
       <c r="I151" s="1">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="J151" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="B152" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="C152" s="1" t="s">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
       <c r="D152" s="1"/>
       <c r="E152" s="1" t="s">
-        <v>427</v>
+        <v>419</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>85</v>
+        <v>77</v>
       </c>
       <c r="G152" s="1">
         <v>35</v>
       </c>
       <c r="H152" s="1">
         <v>0.2</v>
       </c>
       <c r="I152" s="1">
         <v>24</v>
       </c>
       <c r="J152" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="B153" s="1" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D153" s="1"/>
       <c r="E153" s="1" t="s">
-        <v>427</v>
+        <v>92</v>
       </c>
       <c r="F153" s="1" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="G153" s="1">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H153" s="1">
-        <v>0.2</v>
+        <v>0.11</v>
       </c>
       <c r="I153" s="1">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="J153" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="B154" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="D154" s="1" t="s">
         <v>430</v>
       </c>
-      <c r="C154" s="1" t="s">
+      <c r="E154" s="1" t="s">
         <v>431</v>
       </c>
-      <c r="D154" s="1"/>
-[...2 lines deleted...]
-      </c>
       <c r="F154" s="1" t="s">
-        <v>85</v>
+        <v>112</v>
       </c>
       <c r="G154" s="1">
-        <v>35</v>
+        <v>128</v>
       </c>
       <c r="H154" s="1">
-        <v>0.2</v>
+        <v>0.155</v>
       </c>
       <c r="I154" s="1">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="J154" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="B155" s="1" t="s">
         <v>432</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>433</v>
       </c>
-      <c r="D155" s="1"/>
+      <c r="D155" s="1" t="s">
+        <v>434</v>
+      </c>
       <c r="E155" s="1" t="s">
-        <v>427</v>
+        <v>435</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>85</v>
+        <v>112</v>
       </c>
       <c r="G155" s="1">
-        <v>35</v>
+        <v>135</v>
       </c>
       <c r="H155" s="1">
-        <v>0.2</v>
+        <v>0.138</v>
       </c>
       <c r="I155" s="1">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="J155" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="B156" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="D156" s="1"/>
       <c r="E156" s="1" t="s">
-        <v>100</v>
+        <v>268</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>101</v>
+        <v>206</v>
       </c>
       <c r="G156" s="1">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="H156" s="1">
-        <v>0.11</v>
+        <v>0.22</v>
       </c>
       <c r="I156" s="1">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="J156" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="B157" s="1" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>437</v>
-[...3 lines deleted...]
-      </c>
+        <v>439</v>
+      </c>
+      <c r="D157" s="1"/>
       <c r="E157" s="1" t="s">
-        <v>439</v>
+        <v>76</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>120</v>
+        <v>77</v>
       </c>
       <c r="G157" s="1">
-        <v>128</v>
+        <v>36</v>
       </c>
       <c r="H157" s="1">
-        <v>0.155</v>
+        <v>0.3</v>
       </c>
       <c r="I157" s="1">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="J157" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="B158" s="1" t="s">
         <v>440</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>441</v>
       </c>
-      <c r="D158" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D158" s="1"/>
       <c r="E158" s="1" t="s">
-        <v>443</v>
+        <v>311</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>120</v>
+        <v>210</v>
       </c>
       <c r="G158" s="1">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="H158" s="1">
-        <v>0.138</v>
+        <v>0.134</v>
       </c>
       <c r="I158" s="1">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="J158" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="B159" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="D159" s="1" t="s">
         <v>444</v>
       </c>
-      <c r="C159" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D159" s="1"/>
       <c r="E159" s="1" t="s">
-        <v>276</v>
+        <v>252</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>214</v>
+        <v>58</v>
       </c>
       <c r="G159" s="1">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="H159" s="1">
-        <v>0.22</v>
+        <v>0.1</v>
       </c>
       <c r="I159" s="1">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="J159" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="B160" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="C160" s="1" t="s">
         <v>446</v>
       </c>
-      <c r="C160" s="1" t="s">
+      <c r="D160" s="1" t="s">
         <v>447</v>
       </c>
-      <c r="D160" s="1"/>
       <c r="E160" s="1" t="s">
-        <v>84</v>
+        <v>252</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>85</v>
+        <v>58</v>
       </c>
       <c r="G160" s="1">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="H160" s="1">
-        <v>0.3</v>
+        <v>0.1</v>
       </c>
       <c r="I160" s="1">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J160" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="B161" s="1" t="s">
         <v>448</v>
       </c>
       <c r="C161" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="D161" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="D161" s="1"/>
       <c r="E161" s="1" t="s">
-        <v>319</v>
+        <v>354</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>218</v>
+        <v>343</v>
       </c>
       <c r="G161" s="1">
-        <v>128</v>
+        <v>96</v>
       </c>
       <c r="H161" s="1">
-        <v>0.134</v>
+        <v>0.2</v>
       </c>
       <c r="I161" s="1">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="J161" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="B162" s="1" t="s">
         <v>450</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>451</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>452</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>260</v>
+        <v>285</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="G162" s="1">
         <v>24</v>
       </c>
       <c r="H162" s="1">
-        <v>0.1</v>
+        <v>0.25</v>
       </c>
       <c r="I162" s="1">
         <v>12</v>
       </c>
       <c r="J162" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="B163" s="1" t="s">
         <v>453</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>454</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>455</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>260</v>
+        <v>328</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>66</v>
+        <v>343</v>
       </c>
       <c r="G163" s="1">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="H163" s="1">
-        <v>0.1</v>
+        <v>0.77</v>
       </c>
       <c r="I163" s="1">
         <v>15</v>
       </c>
       <c r="J163" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="B164" s="1" t="s">
         <v>456</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>362</v>
+        <v>285</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>351</v>
+        <v>58</v>
       </c>
       <c r="G164" s="1">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="H164" s="1">
-        <v>0.2</v>
+        <v>0.25</v>
       </c>
       <c r="I164" s="1">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="J164" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="B165" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>293</v>
+        <v>252</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="G165" s="1">
         <v>24</v>
       </c>
       <c r="H165" s="1">
-        <v>0.25</v>
+        <v>0.1</v>
       </c>
       <c r="I165" s="1">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="J165" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="B166" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>336</v>
+        <v>328</v>
       </c>
       <c r="F166" s="1" t="s">
-        <v>351</v>
+        <v>248</v>
       </c>
       <c r="G166" s="1">
-        <v>100</v>
+        <v>82</v>
       </c>
       <c r="H166" s="1">
-        <v>0.77</v>
+        <v>0.255</v>
       </c>
       <c r="I166" s="1">
         <v>15</v>
       </c>
       <c r="J166" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="B167" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>293</v>
+        <v>285</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="G167" s="1">
         <v>24</v>
       </c>
       <c r="H167" s="1">
-        <v>0.25</v>
+        <v>0.255</v>
       </c>
       <c r="I167" s="1">
         <v>12</v>
       </c>
       <c r="J167" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="B168" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>469</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>260</v>
+        <v>328</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>66</v>
+        <v>248</v>
       </c>
       <c r="G168" s="1">
-        <v>24</v>
+        <v>88</v>
       </c>
       <c r="H168" s="1">
-        <v>0.1</v>
+        <v>0.15</v>
       </c>
       <c r="I168" s="1">
         <v>15</v>
       </c>
       <c r="J168" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="B169" s="1" t="s">
         <v>470</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>471</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>472</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>336</v>
+        <v>354</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>256</v>
+        <v>248</v>
       </c>
       <c r="G169" s="1">
-        <v>82</v>
+        <v>100</v>
       </c>
       <c r="H169" s="1">
-        <v>0.255</v>
+        <v>0.77</v>
       </c>
       <c r="I169" s="1">
         <v>15</v>
       </c>
       <c r="J169" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="B170" s="1" t="s">
         <v>473</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>474</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>475</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>293</v>
+        <v>252</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="G170" s="1">
         <v>24</v>
       </c>
       <c r="H170" s="1">
-        <v>0.255</v>
+        <v>0.1</v>
       </c>
       <c r="I170" s="1">
         <v>12</v>
       </c>
       <c r="J170" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="B171" s="1" t="s">
         <v>476</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>336</v>
+        <v>285</v>
       </c>
       <c r="F171" s="1" t="s">
-        <v>256</v>
+        <v>58</v>
       </c>
       <c r="G171" s="1">
-        <v>88</v>
+        <v>24</v>
       </c>
       <c r="H171" s="1">
-        <v>0.15</v>
+        <v>0.25</v>
       </c>
       <c r="I171" s="1">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="J171" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="B172" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>362</v>
+        <v>119</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>256</v>
+        <v>112</v>
       </c>
       <c r="G172" s="1">
-        <v>100</v>
+        <v>136</v>
       </c>
       <c r="H172" s="1">
-        <v>0.77</v>
+        <v>0.347</v>
       </c>
       <c r="I172" s="1">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="J172" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="B173" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D173" s="1" t="s">
         <v>483</v>
       </c>
+      <c r="D173" s="1"/>
       <c r="E173" s="1" t="s">
-        <v>260</v>
+        <v>92</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>66</v>
+        <v>93</v>
       </c>
       <c r="G173" s="1">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H173" s="1">
-        <v>0.1</v>
+        <v>0.11</v>
       </c>
       <c r="I173" s="1">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="J173" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="B174" s="1" t="s">
         <v>484</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>485</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>486</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>293</v>
+        <v>285</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="G174" s="1">
         <v>24</v>
       </c>
       <c r="H174" s="1">
         <v>0.25</v>
       </c>
       <c r="I174" s="1">
         <v>12</v>
       </c>
       <c r="J174" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="B175" s="1" t="s">
         <v>487</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>488</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>489</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>127</v>
+        <v>490</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>120</v>
+        <v>491</v>
       </c>
       <c r="G175" s="1">
-        <v>136</v>
+        <v>125</v>
       </c>
       <c r="H175" s="1">
-        <v>0.347</v>
+        <v>0.154</v>
       </c>
       <c r="I175" s="1">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="J175" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="B176" s="1" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>491</v>
-[...1 lines deleted...]
-      <c r="D176" s="1"/>
+        <v>493</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>494</v>
+      </c>
       <c r="E176" s="1" t="s">
-        <v>100</v>
+        <v>57</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>101</v>
+        <v>58</v>
       </c>
       <c r="G176" s="1">
-        <v>36</v>
+        <v>238</v>
       </c>
       <c r="H176" s="1">
-        <v>0.11</v>
+        <v>0.37</v>
       </c>
       <c r="I176" s="1">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="J176" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="B177" s="1" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>493</v>
-[...3 lines deleted...]
-      </c>
+        <v>496</v>
+      </c>
+      <c r="D177" s="1"/>
       <c r="E177" s="1" t="s">
-        <v>293</v>
+        <v>227</v>
       </c>
       <c r="F177" s="1" t="s">
-        <v>66</v>
+        <v>112</v>
       </c>
       <c r="G177" s="1">
-        <v>24</v>
+        <v>119</v>
       </c>
       <c r="H177" s="1">
-        <v>0.25</v>
+        <v>0.148</v>
       </c>
       <c r="I177" s="1">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="J177" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="B178" s="1" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>496</v>
-[...3 lines deleted...]
-      </c>
+        <v>498</v>
+      </c>
+      <c r="D178" s="1"/>
       <c r="E178" s="1" t="s">
-        <v>498</v>
+        <v>92</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>499</v>
+        <v>93</v>
       </c>
       <c r="G178" s="1">
-        <v>125</v>
+        <v>36</v>
       </c>
       <c r="H178" s="1">
-        <v>0.154</v>
+        <v>0.11</v>
       </c>
       <c r="I178" s="1">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="J178" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="B179" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="C179" s="1" t="s">
         <v>500</v>
       </c>
-      <c r="C179" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D179" s="1"/>
       <c r="E179" s="1" t="s">
-        <v>65</v>
+        <v>227</v>
       </c>
       <c r="F179" s="1" t="s">
-        <v>66</v>
+        <v>112</v>
       </c>
       <c r="G179" s="1">
-        <v>238</v>
+        <v>105</v>
       </c>
       <c r="H179" s="1">
-        <v>0.37</v>
+        <v>0.148</v>
       </c>
       <c r="I179" s="1">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="J179" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="B180" s="1" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="D180" s="1"/>
       <c r="E180" s="1" t="s">
-        <v>235</v>
+        <v>268</v>
       </c>
       <c r="F180" s="1" t="s">
-        <v>120</v>
+        <v>206</v>
       </c>
       <c r="G180" s="1">
-        <v>119</v>
+        <v>15</v>
       </c>
       <c r="H180" s="1">
-        <v>0.148</v>
+        <v>0.24</v>
       </c>
       <c r="I180" s="1">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="J180" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="B181" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="D181" s="1" t="s">
         <v>505</v>
       </c>
-      <c r="C181" s="1" t="s">
+      <c r="E181" s="1" t="s">
         <v>506</v>
       </c>
-      <c r="D181" s="1"/>
-[...2 lines deleted...]
-      </c>
       <c r="F181" s="1" t="s">
-        <v>101</v>
+        <v>112</v>
       </c>
       <c r="G181" s="1">
-        <v>36</v>
+        <v>111</v>
       </c>
       <c r="H181" s="1">
-        <v>0.11</v>
+        <v>0.169</v>
       </c>
       <c r="I181" s="1">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="J181" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="B182" s="1" t="s">
         <v>507</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>508</v>
       </c>
-      <c r="D182" s="1"/>
+      <c r="D182" s="1" t="s">
+        <v>509</v>
+      </c>
       <c r="E182" s="1" t="s">
-        <v>235</v>
+        <v>92</v>
       </c>
       <c r="F182" s="1" t="s">
-        <v>120</v>
+        <v>93</v>
       </c>
       <c r="G182" s="1">
-        <v>105</v>
+        <v>36</v>
       </c>
       <c r="H182" s="1">
-        <v>0.148</v>
+        <v>0.11</v>
       </c>
       <c r="I182" s="1">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="J182" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="B183" s="1" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="D183" s="1"/>
       <c r="E183" s="1" t="s">
-        <v>276</v>
+        <v>512</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>214</v>
+        <v>77</v>
       </c>
       <c r="G183" s="1">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="H183" s="1">
-        <v>0.24</v>
+        <v>0.2</v>
       </c>
       <c r="I183" s="1">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="J183" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="B184" s="1" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C184" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="D184" s="1"/>
+      <c r="E184" s="1" t="s">
         <v>512</v>
       </c>
-      <c r="D184" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F184" s="1" t="s">
-        <v>120</v>
+        <v>77</v>
       </c>
       <c r="G184" s="1">
-        <v>111</v>
+        <v>36</v>
       </c>
       <c r="H184" s="1">
-        <v>0.169</v>
+        <v>0.2</v>
       </c>
       <c r="I184" s="1">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="J184" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="B185" s="1" t="s">
         <v>515</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>516</v>
       </c>
-      <c r="D185" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D185" s="1"/>
       <c r="E185" s="1" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="F185" s="1" t="s">
-        <v>101</v>
+        <v>77</v>
       </c>
       <c r="G185" s="1">
         <v>36</v>
       </c>
       <c r="H185" s="1">
-        <v>0.11</v>
+        <v>0.2</v>
       </c>
       <c r="I185" s="1">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="J185" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="B186" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="C186" s="1" t="s">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>519</v>
       </c>
       <c r="D186" s="1"/>
       <c r="E186" s="1" t="s">
-        <v>520</v>
+        <v>311</v>
       </c>
       <c r="F186" s="1" t="s">
-        <v>85</v>
+        <v>210</v>
       </c>
       <c r="G186" s="1">
-        <v>36</v>
+        <v>160</v>
       </c>
       <c r="H186" s="1">
-        <v>0.2</v>
+        <v>0.134</v>
       </c>
       <c r="I186" s="1">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J186" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="B187" s="1" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="D187" s="1"/>
       <c r="E187" s="1" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="F187" s="1" t="s">
-        <v>85</v>
+        <v>112</v>
       </c>
       <c r="G187" s="1">
-        <v>36</v>
+        <v>216</v>
       </c>
       <c r="H187" s="1">
-        <v>0.2</v>
+        <v>0.32</v>
       </c>
       <c r="I187" s="1">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="J187" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="B188" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="C188" s="1" t="s">
         <v>523</v>
-      </c>
-[...1 lines deleted...]
-        <v>524</v>
       </c>
       <c r="D188" s="1"/>
       <c r="E188" s="1" t="s">
-        <v>84</v>
+        <v>524</v>
       </c>
       <c r="F188" s="1" t="s">
-        <v>85</v>
+        <v>525</v>
       </c>
       <c r="G188" s="1">
-        <v>36</v>
+        <v>1667</v>
       </c>
       <c r="H188" s="1">
-        <v>0.2</v>
+        <v>1.097</v>
       </c>
       <c r="I188" s="1">
-        <v>21</v>
+        <v>88</v>
       </c>
       <c r="J188" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="B189" s="1" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="D189" s="1"/>
       <c r="E189" s="1" t="s">
-        <v>319</v>
+        <v>528</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>218</v>
+        <v>529</v>
       </c>
       <c r="G189" s="1">
-        <v>160</v>
+        <v>186</v>
       </c>
       <c r="H189" s="1">
-        <v>0.134</v>
+        <v>0.75</v>
       </c>
       <c r="I189" s="1">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="J189" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="B190" s="1" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="D190" s="1"/>
       <c r="E190" s="1" t="s">
-        <v>529</v>
+        <v>13</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>120</v>
+        <v>532</v>
       </c>
       <c r="G190" s="1">
-        <v>216</v>
+        <v>2304</v>
       </c>
       <c r="H190" s="1">
-        <v>0.32</v>
+        <v>1.153</v>
       </c>
       <c r="I190" s="1">
-        <v>30</v>
+        <v>70</v>
       </c>
       <c r="J190" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="B191" s="1" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="D191" s="1"/>
       <c r="E191" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="F191" s="1" t="s">
         <v>532</v>
       </c>
-      <c r="F191" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G191" s="1">
-        <v>1667</v>
+        <v>300</v>
       </c>
       <c r="H191" s="1">
-        <v>1.097</v>
+        <v>1.153</v>
       </c>
       <c r="I191" s="1">
-        <v>88</v>
+        <v>80</v>
       </c>
       <c r="J191" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="192" spans="1:10">
       <c r="B192" s="1" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>535</v>
-[...1 lines deleted...]
-      <c r="D192" s="1"/>
+        <v>536</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>537</v>
+      </c>
       <c r="E192" s="1" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="G192" s="1">
-        <v>186</v>
-[...3 lines deleted...]
-      </c>
+        <v>160</v>
+      </c>
+      <c r="H192" s="1"/>
       <c r="I192" s="1">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="J192" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="193" spans="1:10">
       <c r="B193" s="1" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="D193" s="1"/>
       <c r="E193" s="1" t="s">
-        <v>22</v>
+        <v>542</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>540</v>
+        <v>525</v>
       </c>
       <c r="G193" s="1">
-        <v>2304</v>
+        <v>1891</v>
       </c>
       <c r="H193" s="1">
-        <v>1.153</v>
+        <v>1.031</v>
       </c>
       <c r="I193" s="1">
-        <v>70</v>
+        <v>187</v>
       </c>
       <c r="J193" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="194" spans="1:10">
       <c r="B194" s="1" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="D194" s="1"/>
       <c r="E194" s="1" t="s">
-        <v>22</v>
+        <v>542</v>
       </c>
       <c r="F194" s="1" t="s">
-        <v>540</v>
+        <v>525</v>
       </c>
       <c r="G194" s="1">
-        <v>300</v>
+        <v>1891</v>
       </c>
       <c r="H194" s="1">
-        <v>1.153</v>
+        <v>1.092</v>
       </c>
       <c r="I194" s="1">
-        <v>80</v>
+        <v>198</v>
       </c>
       <c r="J194" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="195" spans="1:10">
       <c r="B195" s="1" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>544</v>
-[...3 lines deleted...]
-      </c>
+        <v>546</v>
+      </c>
+      <c r="D195" s="1"/>
       <c r="E195" s="1" t="s">
-        <v>546</v>
+        <v>542</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>547</v>
+        <v>525</v>
       </c>
       <c r="G195" s="1">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="H195" s="1"/>
+        <v>2758</v>
+      </c>
+      <c r="H195" s="1">
+        <v>1.516</v>
+      </c>
       <c r="I195" s="1">
-        <v>26</v>
+        <v>204</v>
       </c>
       <c r="J195" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="196" spans="1:10">
       <c r="B196" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="C196" s="1" t="s">
         <v>548</v>
-      </c>
-[...1 lines deleted...]
-        <v>549</v>
       </c>
       <c r="D196" s="1"/>
       <c r="E196" s="1" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>533</v>
+        <v>525</v>
       </c>
       <c r="G196" s="1">
-        <v>1891</v>
+        <v>2009</v>
       </c>
       <c r="H196" s="1">
-        <v>1.031</v>
+        <v>1.015</v>
       </c>
       <c r="I196" s="1">
-        <v>187</v>
+        <v>74</v>
       </c>
       <c r="J196" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="197" spans="1:10">
       <c r="B197" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="C197" s="1" t="s">
         <v>551</v>
-      </c>
-[...1 lines deleted...]
-        <v>552</v>
       </c>
       <c r="D197" s="1"/>
       <c r="E197" s="1" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>533</v>
+        <v>525</v>
       </c>
       <c r="G197" s="1">
-        <v>1891</v>
+        <v>4114</v>
       </c>
       <c r="H197" s="1">
-        <v>1.092</v>
+        <v>1.38</v>
       </c>
       <c r="I197" s="1">
-        <v>198</v>
+        <v>114</v>
       </c>
       <c r="J197" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="198" spans="1:10">
       <c r="B198" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="C198" s="1" t="s">
         <v>553</v>
-      </c>
-[...1 lines deleted...]
-        <v>554</v>
       </c>
       <c r="D198" s="1"/>
       <c r="E198" s="1" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="F198" s="1" t="s">
-        <v>533</v>
+        <v>554</v>
       </c>
       <c r="G198" s="1">
-        <v>2758</v>
+        <v>1724</v>
       </c>
       <c r="H198" s="1">
-        <v>1.516</v>
+        <v>0.505</v>
       </c>
       <c r="I198" s="1">
-        <v>204</v>
+        <v>46</v>
       </c>
       <c r="J198" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="199" spans="1:10">
       <c r="B199" s="1" t="s">
         <v>555</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>556</v>
       </c>
       <c r="D199" s="1"/>
       <c r="E199" s="1" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>533</v>
+        <v>554</v>
       </c>
       <c r="G199" s="1">
-        <v>2009</v>
+        <v>1724</v>
       </c>
       <c r="H199" s="1">
-        <v>1.015</v>
+        <v>0.501</v>
       </c>
       <c r="I199" s="1">
-        <v>74</v>
+        <v>44</v>
       </c>
       <c r="J199" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="B200" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="C200" s="1" t="s">
         <v>558</v>
-      </c>
-[...1 lines deleted...]
-        <v>559</v>
       </c>
       <c r="D200" s="1"/>
       <c r="E200" s="1" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>533</v>
+        <v>554</v>
       </c>
       <c r="G200" s="1">
-        <v>4114</v>
+        <v>1724</v>
       </c>
       <c r="H200" s="1">
-        <v>1.38</v>
+        <v>0.49</v>
       </c>
       <c r="I200" s="1">
-        <v>114</v>
+        <v>44</v>
       </c>
       <c r="J200" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="B201" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="C201" s="1" t="s">
         <v>560</v>
-      </c>
-[...1 lines deleted...]
-        <v>561</v>
       </c>
       <c r="D201" s="1"/>
       <c r="E201" s="1" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>562</v>
+        <v>554</v>
       </c>
       <c r="G201" s="1">
         <v>1724</v>
       </c>
       <c r="H201" s="1">
-        <v>0.505</v>
+        <v>0.462</v>
       </c>
       <c r="I201" s="1">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="J201" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="202" spans="1:10">
       <c r="B202" s="1" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>564</v>
+        <v>562</v>
       </c>
       <c r="D202" s="1"/>
       <c r="E202" s="1" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>562</v>
+        <v>525</v>
       </c>
       <c r="G202" s="1">
-        <v>1724</v>
+        <v>2009</v>
       </c>
       <c r="H202" s="1">
-        <v>0.501</v>
+        <v>1.217</v>
       </c>
       <c r="I202" s="1">
-        <v>44</v>
+        <v>84</v>
       </c>
       <c r="J202" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="203" spans="1:10">
       <c r="B203" s="1" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="D203" s="1"/>
       <c r="E203" s="1" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="F203" s="1" t="s">
-        <v>562</v>
+        <v>525</v>
       </c>
       <c r="G203" s="1">
-        <v>1724</v>
+        <v>1365</v>
       </c>
       <c r="H203" s="1">
-        <v>0.49</v>
+        <v>0.86</v>
       </c>
       <c r="I203" s="1">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="J203" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="204" spans="1:10">
       <c r="B204" s="1" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="D204" s="1"/>
       <c r="E204" s="1" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>562</v>
+        <v>525</v>
       </c>
       <c r="G204" s="1">
-        <v>1724</v>
+        <v>1500</v>
       </c>
       <c r="H204" s="1">
-        <v>0.462</v>
+        <v>0.781</v>
       </c>
       <c r="I204" s="1">
-        <v>41</v>
+        <v>54.5</v>
       </c>
       <c r="J204" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="205" spans="1:10">
       <c r="B205" s="1" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="D205" s="1"/>
       <c r="E205" s="1" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>533</v>
+        <v>525</v>
       </c>
       <c r="G205" s="1">
         <v>2009</v>
       </c>
       <c r="H205" s="1">
-        <v>1.217</v>
+        <v>1.015</v>
       </c>
       <c r="I205" s="1">
-        <v>84</v>
+        <v>47</v>
       </c>
       <c r="J205" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="206" spans="1:10">
       <c r="B206" s="1" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="D206" s="1"/>
       <c r="E206" s="1" t="s">
-        <v>557</v>
+        <v>571</v>
       </c>
       <c r="F206" s="1" t="s">
-        <v>533</v>
+        <v>525</v>
       </c>
       <c r="G206" s="1">
-        <v>1365</v>
+        <v>2400</v>
       </c>
       <c r="H206" s="1">
-        <v>0.86</v>
+        <v>1.325</v>
       </c>
       <c r="I206" s="1">
-        <v>65</v>
+        <v>92.4</v>
       </c>
       <c r="J206" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="B207" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="C207" s="1" t="s">
         <v>573</v>
       </c>
-      <c r="C207" s="1" t="s">
+      <c r="D207" s="1" t="s">
         <v>574</v>
       </c>
-      <c r="D207" s="1"/>
       <c r="E207" s="1" t="s">
-        <v>557</v>
+        <v>575</v>
       </c>
       <c r="F207" s="1" t="s">
-        <v>533</v>
+        <v>576</v>
       </c>
       <c r="G207" s="1">
-        <v>1500</v>
+        <v>232</v>
       </c>
       <c r="H207" s="1">
-        <v>0.781</v>
+        <v>0.71</v>
       </c>
       <c r="I207" s="1">
-        <v>54.5</v>
+        <v>54</v>
       </c>
       <c r="J207" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="208" spans="1:10">
       <c r="B208" s="1" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="D208" s="1"/>
       <c r="E208" s="1" t="s">
-        <v>557</v>
+        <v>575</v>
       </c>
       <c r="F208" s="1" t="s">
-        <v>533</v>
+        <v>579</v>
       </c>
       <c r="G208" s="1">
-        <v>2009</v>
+        <v>1918</v>
       </c>
       <c r="H208" s="1">
-        <v>1.015</v>
+        <v>1.203</v>
       </c>
       <c r="I208" s="1">
-        <v>47</v>
+        <v>88</v>
       </c>
       <c r="J208" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="209" spans="1:10">
       <c r="B209" s="1" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="D209" s="1"/>
       <c r="E209" s="1" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="F209" s="1" t="s">
-        <v>533</v>
+        <v>583</v>
       </c>
       <c r="G209" s="1">
-        <v>2400</v>
+        <v>174</v>
       </c>
       <c r="H209" s="1">
-        <v>1.325</v>
+        <v>0.018</v>
       </c>
       <c r="I209" s="1">
-        <v>92.4</v>
+        <v>15</v>
       </c>
       <c r="J209" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="B210" s="1" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="F210" s="1" t="s">
-        <v>584</v>
+        <v>588</v>
       </c>
       <c r="G210" s="1">
-        <v>232</v>
+        <v>256</v>
       </c>
       <c r="H210" s="1">
-        <v>0.71</v>
+        <v>0.23</v>
       </c>
       <c r="I210" s="1">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="J210" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="211" spans="1:10">
       <c r="B211" s="1" t="s">
-        <v>585</v>
+        <v>589</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="D211" s="1"/>
       <c r="E211" s="1" t="s">
-        <v>583</v>
+        <v>591</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="G211" s="1">
-        <v>1918</v>
+        <v>50</v>
       </c>
       <c r="H211" s="1">
-        <v>1.203</v>
+        <v>0.25</v>
       </c>
       <c r="I211" s="1">
-        <v>88</v>
+        <v>6</v>
       </c>
       <c r="J211" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="B212" s="1" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>589</v>
-[...1 lines deleted...]
-      <c r="D212" s="1"/>
+        <v>594</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>595</v>
+      </c>
       <c r="E212" s="1" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="G212" s="1">
-        <v>174</v>
+        <v>50</v>
       </c>
       <c r="H212" s="1">
-        <v>0.018</v>
+        <v>0.255</v>
       </c>
       <c r="I212" s="1">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="J212" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="213" spans="1:10">
       <c r="B213" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="E213" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="F213" s="1" t="s">
         <v>592</v>
       </c>
-      <c r="C213" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G213" s="1">
-        <v>256</v>
+        <v>45</v>
       </c>
       <c r="H213" s="1">
-        <v>0.23</v>
+        <v>0.255</v>
       </c>
       <c r="I213" s="1">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="J213" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="214" spans="1:10">
       <c r="B214" s="1" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="D214" s="1"/>
       <c r="E214" s="1" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="G214" s="1">
-        <v>50</v>
+        <v>78</v>
       </c>
       <c r="H214" s="1">
-        <v>0.25</v>
+        <v>0.148</v>
       </c>
       <c r="I214" s="1">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="J214" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="215" spans="1:10">
       <c r="B215" s="1" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>602</v>
-[...3 lines deleted...]
-      </c>
+        <v>604</v>
+      </c>
+      <c r="D215" s="1"/>
       <c r="E215" s="1" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>600</v>
+        <v>58</v>
       </c>
       <c r="G215" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
       <c r="H215" s="1">
-        <v>0.255</v>
+        <v>0.378</v>
       </c>
       <c r="I215" s="1">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="J215" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="216" spans="1:10">
       <c r="B216" s="1" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>605</v>
-[...3 lines deleted...]
-      </c>
+        <v>607</v>
+      </c>
+      <c r="D216" s="1"/>
       <c r="E216" s="1" t="s">
-        <v>599</v>
+        <v>608</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>600</v>
+        <v>609</v>
       </c>
       <c r="G216" s="1">
-        <v>45</v>
+        <v>28</v>
       </c>
       <c r="H216" s="1">
-        <v>0.255</v>
+        <v>0.2</v>
       </c>
       <c r="I216" s="1">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="J216" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="217" spans="1:10">
       <c r="B217" s="1" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="D217" s="1"/>
       <c r="E217" s="1" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>610</v>
+        <v>602</v>
       </c>
       <c r="G217" s="1">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="H217" s="1">
         <v>0.148</v>
       </c>
       <c r="I217" s="1">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="J217" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="218" spans="1:10">
       <c r="B218" s="1" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="D218" s="1"/>
       <c r="E218" s="1" t="s">
-        <v>613</v>
+        <v>601</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>66</v>
+        <v>233</v>
       </c>
       <c r="G218" s="1">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="H218" s="1">
-        <v>0.378</v>
+        <v>0.255</v>
       </c>
       <c r="I218" s="1">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="J218" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="219" spans="1:10">
       <c r="B219" s="1" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>615</v>
-[...1 lines deleted...]
-      <c r="D219" s="1"/>
+        <v>616</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>617</v>
+      </c>
       <c r="E219" s="1" t="s">
-        <v>616</v>
+        <v>601</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="G219" s="1">
-        <v>28</v>
+        <v>445</v>
       </c>
       <c r="H219" s="1">
-        <v>0.2</v>
+        <v>0.516</v>
       </c>
       <c r="I219" s="1">
-        <v>8</v>
+        <v>73</v>
       </c>
       <c r="J219" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="220" spans="1:10">
       <c r="B220" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="D220" s="1"/>
       <c r="E220" s="1" t="s">
-        <v>620</v>
+        <v>612</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>610</v>
+        <v>592</v>
       </c>
       <c r="G220" s="1">
-        <v>67</v>
+        <v>120</v>
       </c>
       <c r="H220" s="1">
-        <v>0.148</v>
+        <v>0.25</v>
       </c>
       <c r="I220" s="1">
         <v>9</v>
       </c>
       <c r="J220" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="221" spans="1:10">
       <c r="B221" s="1" t="s">
         <v>621</v>
       </c>
       <c r="C221" s="1" t="s">
         <v>622</v>
       </c>
       <c r="D221" s="1"/>
       <c r="E221" s="1" t="s">
-        <v>609</v>
+        <v>623</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>241</v>
+        <v>624</v>
       </c>
       <c r="G221" s="1">
-        <v>154</v>
+        <v>95</v>
       </c>
       <c r="H221" s="1">
-        <v>0.255</v>
+        <v>0.109</v>
       </c>
       <c r="I221" s="1">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="J221" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="222" spans="1:10">
       <c r="B222" s="1" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>609</v>
+        <v>628</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="G222" s="1">
-        <v>445</v>
+        <v>72</v>
       </c>
       <c r="H222" s="1">
-        <v>0.516</v>
+        <v>0.15</v>
       </c>
       <c r="I222" s="1">
-        <v>73</v>
+        <v>10</v>
       </c>
       <c r="J222" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="223" spans="1:10">
       <c r="B223" s="1" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="D223" s="1"/>
       <c r="E223" s="1" t="s">
-        <v>620</v>
+        <v>632</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>600</v>
+        <v>633</v>
       </c>
       <c r="G223" s="1">
-        <v>120</v>
+        <v>193</v>
       </c>
       <c r="H223" s="1">
-        <v>0.25</v>
+        <v>0.255</v>
       </c>
       <c r="I223" s="1">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="J223" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="224" spans="1:10">
       <c r="B224" s="1" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="D224" s="1"/>
       <c r="E224" s="1" t="s">
-        <v>631</v>
+        <v>612</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="G224" s="1">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="H224" s="1">
-        <v>0.109</v>
+        <v>0.148</v>
       </c>
       <c r="I224" s="1">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="J224" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="225" spans="1:10">
       <c r="B225" s="1" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>634</v>
-[...3 lines deleted...]
-      </c>
+        <v>638</v>
+      </c>
+      <c r="D225" s="1"/>
       <c r="E225" s="1" t="s">
-        <v>636</v>
+        <v>612</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="G225" s="1">
-        <v>72</v>
+        <v>88</v>
       </c>
       <c r="H225" s="1">
         <v>0.15</v>
       </c>
       <c r="I225" s="1">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="J225" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="226" spans="1:10">
       <c r="B226" s="1" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="D226" s="1"/>
       <c r="E226" s="1" t="s">
-        <v>640</v>
+        <v>632</v>
       </c>
       <c r="F226" s="1" t="s">
-        <v>641</v>
+        <v>633</v>
       </c>
       <c r="G226" s="1">
-        <v>193</v>
+        <v>235</v>
       </c>
       <c r="H226" s="1">
         <v>0.255</v>
       </c>
       <c r="I226" s="1">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J226" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="227" spans="1:10">
       <c r="B227" s="1" t="s">
         <v>642</v>
       </c>
       <c r="C227" s="1" t="s">
         <v>643</v>
       </c>
       <c r="D227" s="1"/>
       <c r="E227" s="1" t="s">
-        <v>620</v>
+        <v>601</v>
       </c>
       <c r="F227" s="1" t="s">
-        <v>644</v>
+        <v>633</v>
       </c>
       <c r="G227" s="1">
-        <v>104</v>
+        <v>78</v>
       </c>
       <c r="H227" s="1">
         <v>0.148</v>
       </c>
       <c r="I227" s="1">
-        <v>5</v>
+        <v>36</v>
       </c>
       <c r="J227" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="228" spans="1:10">
       <c r="B228" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="C228" s="1" t="s">
         <v>645</v>
       </c>
-      <c r="C228" s="1" t="s">
+      <c r="D228" s="1" t="s">
         <v>646</v>
       </c>
-      <c r="D228" s="1"/>
       <c r="E228" s="1" t="s">
-        <v>620</v>
+        <v>236</v>
       </c>
       <c r="F228" s="1" t="s">
-        <v>647</v>
+        <v>618</v>
       </c>
       <c r="G228" s="1">
-        <v>88</v>
+        <v>206</v>
       </c>
       <c r="H228" s="1">
-        <v>0.15</v>
+        <v>0.24</v>
       </c>
       <c r="I228" s="1">
-        <v>12</v>
+        <v>34.5</v>
       </c>
       <c r="J228" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="229" spans="1:10">
       <c r="B229" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="C229" s="1" t="s">
         <v>648</v>
       </c>
-      <c r="C229" s="1" t="s">
+      <c r="D229" s="1" t="s">
         <v>649</v>
       </c>
-      <c r="D229" s="1"/>
       <c r="E229" s="1" t="s">
-        <v>640</v>
+        <v>13</v>
       </c>
       <c r="F229" s="1" t="s">
-        <v>641</v>
+        <v>650</v>
       </c>
       <c r="G229" s="1">
-        <v>235</v>
-[...3 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="H229" s="1"/>
       <c r="I229" s="1">
-        <v>48</v>
+        <v>2</v>
       </c>
       <c r="J229" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="230" spans="1:10">
       <c r="B230" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>651</v>
-[...1 lines deleted...]
-      <c r="D230" s="1"/>
+        <v>652</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>653</v>
+      </c>
       <c r="E230" s="1" t="s">
-        <v>609</v>
+        <v>654</v>
       </c>
       <c r="F230" s="1" t="s">
-        <v>641</v>
+        <v>655</v>
       </c>
       <c r="G230" s="1">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="H230" s="1">
-        <v>0.148</v>
+        <v>0.3</v>
       </c>
       <c r="I230" s="1">
-        <v>36</v>
+        <v>6.5</v>
       </c>
       <c r="J230" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="231" spans="1:10">
       <c r="B231" s="1" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>654</v>
+        <v>649</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>244</v>
+        <v>13</v>
       </c>
       <c r="F231" s="1" t="s">
-        <v>626</v>
+        <v>650</v>
       </c>
       <c r="G231" s="1">
-        <v>206</v>
-[...3 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="H231" s="1"/>
       <c r="I231" s="1">
-        <v>34.5</v>
+        <v>2</v>
       </c>
       <c r="J231" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="B232" s="1" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>657</v>
+        <v>649</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F232" s="1" t="s">
-        <v>658</v>
+        <v>650</v>
       </c>
       <c r="G232" s="1">
         <v>8</v>
       </c>
       <c r="H232" s="1"/>
       <c r="I232" s="1">
         <v>2</v>
       </c>
       <c r="J232" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="233" spans="1:10">
       <c r="B233" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="G233" s="1">
-        <v>76</v>
+        <v>97</v>
       </c>
       <c r="H233" s="1">
-        <v>0.3</v>
+        <v>0.1</v>
       </c>
       <c r="I233" s="1">
-        <v>6.5</v>
+        <v>7</v>
       </c>
       <c r="J233" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="234" spans="1:10">
       <c r="B234" s="1" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>657</v>
+        <v>649</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F234" s="1" t="s">
-        <v>658</v>
+        <v>650</v>
       </c>
       <c r="G234" s="1">
         <v>8</v>
       </c>
       <c r="H234" s="1"/>
       <c r="I234" s="1">
         <v>2</v>
       </c>
       <c r="J234" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="235" spans="1:10">
       <c r="B235" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>667</v>
-[...3 lines deleted...]
-      </c>
+        <v>668</v>
+      </c>
+      <c r="D235" s="1"/>
       <c r="E235" s="1" t="s">
-        <v>22</v>
+        <v>612</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>658</v>
+        <v>669</v>
       </c>
       <c r="G235" s="1">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="H235" s="1"/>
+        <v>64</v>
+      </c>
+      <c r="H235" s="1">
+        <v>0.1</v>
+      </c>
       <c r="I235" s="1">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="J235" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="236" spans="1:10">
       <c r="B236" s="1" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="F236" s="1" t="s">
-        <v>672</v>
+        <v>532</v>
       </c>
       <c r="G236" s="1">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="H236" s="1">
-        <v>0.1</v>
+        <v>0.116</v>
       </c>
       <c r="I236" s="1">
-        <v>7</v>
+        <v>9.5</v>
       </c>
       <c r="J236" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="237" spans="1:10">
       <c r="B237" s="1" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>657</v>
+        <v>649</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F237" s="1" t="s">
-        <v>658</v>
+        <v>650</v>
       </c>
       <c r="G237" s="1">
         <v>8</v>
       </c>
       <c r="H237" s="1"/>
       <c r="I237" s="1">
         <v>2</v>
       </c>
       <c r="J237" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="238" spans="1:10">
       <c r="B238" s="1" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>676</v>
-[...1 lines deleted...]
-      <c r="D238" s="1"/>
+        <v>677</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>649</v>
+      </c>
       <c r="E238" s="1" t="s">
-        <v>620</v>
+        <v>608</v>
       </c>
       <c r="F238" s="1" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="G238" s="1">
-        <v>64</v>
+        <v>8</v>
       </c>
       <c r="H238" s="1">
-        <v>0.1</v>
+        <v>0.005</v>
       </c>
       <c r="I238" s="1">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="J238" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="239" spans="1:10">
       <c r="B239" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="D239" s="1" t="s">
         <v>680</v>
       </c>
+      <c r="D239" s="1"/>
       <c r="E239" s="1" t="s">
-        <v>681</v>
+        <v>612</v>
       </c>
       <c r="F239" s="1" t="s">
-        <v>540</v>
+        <v>592</v>
       </c>
       <c r="G239" s="1">
-        <v>94</v>
+        <v>32</v>
       </c>
       <c r="H239" s="1">
-        <v>0.116</v>
+        <v>0.24</v>
       </c>
       <c r="I239" s="1">
-        <v>9.5</v>
+        <v>3</v>
       </c>
       <c r="J239" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="240" spans="1:10">
       <c r="B240" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="C240" s="1" t="s">
         <v>682</v>
       </c>
-      <c r="C240" s="1" t="s">
+      <c r="D240" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="D240" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E240" s="1" t="s">
-        <v>22</v>
+        <v>612</v>
       </c>
       <c r="F240" s="1" t="s">
-        <v>658</v>
+        <v>684</v>
       </c>
       <c r="G240" s="1">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="H240" s="1"/>
+        <v>28</v>
+      </c>
+      <c r="H240" s="1">
+        <v>0.24</v>
+      </c>
       <c r="I240" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J240" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="241" spans="1:10">
       <c r="B241" s="1" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>685</v>
-[...3 lines deleted...]
-      </c>
+        <v>686</v>
+      </c>
+      <c r="D241" s="1"/>
       <c r="E241" s="1" t="s">
-        <v>616</v>
+        <v>687</v>
       </c>
       <c r="F241" s="1" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="G241" s="1">
-        <v>8</v>
+        <v>48</v>
       </c>
       <c r="H241" s="1">
-        <v>0.005</v>
+        <v>0.24</v>
       </c>
       <c r="I241" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="J241" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="242" spans="1:10">
       <c r="B242" s="1" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="D242" s="1"/>
       <c r="E242" s="1" t="s">
-        <v>620</v>
+        <v>691</v>
       </c>
       <c r="F242" s="1" t="s">
-        <v>600</v>
+        <v>688</v>
       </c>
       <c r="G242" s="1">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="H242" s="1">
         <v>0.24</v>
       </c>
       <c r="I242" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J242" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="243" spans="1:10">
       <c r="B243" s="1" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>690</v>
-[...1 lines deleted...]
-      <c r="D243" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="D243" s="1"/>
+      <c r="E243" s="1" t="s">
         <v>691</v>
       </c>
-      <c r="E243" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F243" s="1" t="s">
-        <v>692</v>
+        <v>688</v>
       </c>
       <c r="G243" s="1">
-        <v>28</v>
+        <v>45</v>
       </c>
       <c r="H243" s="1">
         <v>0.24</v>
       </c>
       <c r="I243" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="J243" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="244" spans="1:10">
       <c r="B244" s="1" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="D244" s="1"/>
       <c r="E244" s="1" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="F244" s="1" t="s">
-        <v>696</v>
+        <v>592</v>
       </c>
       <c r="G244" s="1">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="H244" s="1">
         <v>0.24</v>
       </c>
       <c r="I244" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="J244" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="245" spans="1:10">
       <c r="B245" s="1" t="s">
         <v>697</v>
       </c>
       <c r="C245" s="1" t="s">
         <v>698</v>
       </c>
       <c r="D245" s="1"/>
       <c r="E245" s="1" t="s">
-        <v>699</v>
+        <v>608</v>
       </c>
       <c r="F245" s="1" t="s">
-        <v>696</v>
+        <v>688</v>
       </c>
       <c r="G245" s="1">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="H245" s="1">
         <v>0.24</v>
       </c>
       <c r="I245" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J245" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="246" spans="1:10">
       <c r="B246" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="C246" s="1" t="s">
         <v>700</v>
-      </c>
-[...1 lines deleted...]
-        <v>701</v>
       </c>
       <c r="D246" s="1"/>
       <c r="E246" s="1" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="F246" s="1" t="s">
-        <v>696</v>
+        <v>702</v>
       </c>
       <c r="G246" s="1">
-        <v>45</v>
+        <v>107</v>
       </c>
       <c r="H246" s="1">
-        <v>0.24</v>
+        <v>0.076</v>
       </c>
       <c r="I246" s="1">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="J246" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="247" spans="1:10">
       <c r="B247" s="1" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>703</v>
-[...1 lines deleted...]
-      <c r="D247" s="1"/>
+        <v>704</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>649</v>
+      </c>
       <c r="E247" s="1" t="s">
-        <v>704</v>
+        <v>608</v>
       </c>
       <c r="F247" s="1" t="s">
-        <v>600</v>
+        <v>650</v>
       </c>
       <c r="G247" s="1">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="H247" s="1">
-        <v>0.24</v>
+        <v>0.1</v>
       </c>
       <c r="I247" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="J247" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="248" spans="1:10">
       <c r="B248" s="1" t="s">
         <v>705</v>
       </c>
       <c r="C248" s="1" t="s">
         <v>706</v>
       </c>
       <c r="D248" s="1"/>
       <c r="E248" s="1" t="s">
-        <v>616</v>
+        <v>601</v>
       </c>
       <c r="F248" s="1" t="s">
-        <v>696</v>
+        <v>633</v>
       </c>
       <c r="G248" s="1">
-        <v>32</v>
+        <v>174</v>
       </c>
       <c r="H248" s="1">
-        <v>0.24</v>
+        <v>0.255</v>
       </c>
       <c r="I248" s="1">
-        <v>4</v>
+        <v>47</v>
       </c>
       <c r="J248" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="249" spans="1:10">
       <c r="B249" s="1" t="s">
         <v>707</v>
       </c>
       <c r="C249" s="1" t="s">
         <v>708</v>
       </c>
-      <c r="D249" s="1"/>
+      <c r="D249" s="1" t="s">
+        <v>649</v>
+      </c>
       <c r="E249" s="1" t="s">
-        <v>709</v>
+        <v>608</v>
       </c>
       <c r="F249" s="1" t="s">
-        <v>710</v>
+        <v>678</v>
       </c>
       <c r="G249" s="1">
-        <v>107</v>
+        <v>8</v>
       </c>
       <c r="H249" s="1">
-        <v>0.076</v>
+        <v>0.005</v>
       </c>
       <c r="I249" s="1">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="J249" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="250" spans="1:10">
       <c r="B250" s="1" t="s">
-        <v>711</v>
+        <v>709</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>712</v>
+        <v>710</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>657</v>
+        <v>649</v>
       </c>
       <c r="E250" s="1" t="s">
-        <v>616</v>
+        <v>608</v>
       </c>
       <c r="F250" s="1" t="s">
-        <v>658</v>
+        <v>678</v>
       </c>
       <c r="G250" s="1">
         <v>8</v>
       </c>
       <c r="H250" s="1">
-        <v>0.1</v>
+        <v>0.148</v>
       </c>
       <c r="I250" s="1">
         <v>2</v>
       </c>
       <c r="J250" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="251" spans="1:10">
       <c r="B251" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="D251" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="C251" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D251" s="1"/>
       <c r="E251" s="1" t="s">
-        <v>609</v>
+        <v>623</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>641</v>
+        <v>618</v>
       </c>
       <c r="G251" s="1">
-        <v>174</v>
+        <v>156</v>
       </c>
       <c r="H251" s="1">
-        <v>0.255</v>
+        <v>0.24</v>
       </c>
       <c r="I251" s="1">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="J251" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="252" spans="1:10">
       <c r="B252" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="C252" s="1" t="s">
         <v>715</v>
       </c>
-      <c r="C252" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D252" s="1"/>
       <c r="E252" s="1" t="s">
-        <v>616</v>
+        <v>608</v>
       </c>
       <c r="F252" s="1" t="s">
-        <v>686</v>
+        <v>702</v>
       </c>
       <c r="G252" s="1">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="H252" s="1">
-        <v>0.005</v>
+        <v>0.24</v>
       </c>
       <c r="I252" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="J252" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="253" spans="1:10">
       <c r="B253" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="C253" s="1" t="s">
         <v>717</v>
       </c>
-      <c r="C253" s="1" t="s">
+      <c r="D253" s="1"/>
+      <c r="E253" s="1" t="s">
         <v>718</v>
       </c>
-      <c r="D253" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F253" s="1" t="s">
-        <v>686</v>
+        <v>719</v>
       </c>
       <c r="G253" s="1">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="H253" s="1">
-        <v>0.148</v>
+        <v>0.528</v>
       </c>
       <c r="I253" s="1">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="J253" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="254" spans="1:10">
       <c r="B254" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="D254" s="1"/>
+      <c r="E254" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="F254" s="1" t="s">
         <v>719</v>
       </c>
-      <c r="C254" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G254" s="1">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="H254" s="1">
-        <v>0.24</v>
+        <v>0.528</v>
       </c>
       <c r="I254" s="1">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="J254" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="255" spans="1:10">
       <c r="B255" s="1" t="s">
         <v>722</v>
       </c>
       <c r="C255" s="1" t="s">
         <v>723</v>
       </c>
       <c r="D255" s="1"/>
       <c r="E255" s="1" t="s">
-        <v>616</v>
+        <v>605</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>710</v>
+        <v>58</v>
       </c>
       <c r="G255" s="1">
-        <v>15</v>
+        <v>264</v>
       </c>
       <c r="H255" s="1">
-        <v>0.24</v>
+        <v>0.378</v>
       </c>
       <c r="I255" s="1">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="J255" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="256" spans="1:10">
       <c r="B256" s="1" t="s">
         <v>724</v>
       </c>
       <c r="C256" s="1" t="s">
         <v>725</v>
       </c>
       <c r="D256" s="1"/>
       <c r="E256" s="1" t="s">
-        <v>726</v>
+        <v>236</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>727</v>
+        <v>233</v>
       </c>
       <c r="G256" s="1">
-        <v>153</v>
+        <v>220</v>
       </c>
       <c r="H256" s="1">
-        <v>0.528</v>
+        <v>0.188</v>
       </c>
       <c r="I256" s="1">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="J256" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="257" spans="1:10">
       <c r="B257" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="D257" s="1" t="s">
         <v>728</v>
       </c>
-      <c r="C257" s="1" t="s">
+      <c r="E257" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="F257" s="1" t="s">
         <v>729</v>
       </c>
-      <c r="D257" s="1"/>
-[...5 lines deleted...]
-      </c>
       <c r="G257" s="1">
-        <v>153</v>
+        <v>115</v>
       </c>
       <c r="H257" s="1">
-        <v>0.528</v>
+        <v>0.114</v>
       </c>
       <c r="I257" s="1">
-        <v>22</v>
+        <v>6</v>
       </c>
       <c r="J257" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="258" spans="1:10">
       <c r="B258" s="1" t="s">
         <v>730</v>
       </c>
       <c r="C258" s="1" t="s">
         <v>731</v>
       </c>
       <c r="D258" s="1"/>
       <c r="E258" s="1" t="s">
-        <v>613</v>
+        <v>236</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>66</v>
+        <v>732</v>
       </c>
       <c r="G258" s="1">
-        <v>264</v>
+        <v>317</v>
       </c>
       <c r="H258" s="1">
-        <v>0.378</v>
+        <v>0.258</v>
       </c>
       <c r="I258" s="1">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="J258" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="259" spans="1:10">
       <c r="B259" s="1" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="D259" s="1"/>
       <c r="E259" s="1" t="s">
-        <v>244</v>
+        <v>608</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>241</v>
+        <v>735</v>
       </c>
       <c r="G259" s="1">
-        <v>220</v>
+        <v>92</v>
       </c>
       <c r="H259" s="1">
-        <v>0.188</v>
+        <v>0.152</v>
       </c>
       <c r="I259" s="1">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="J259" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="260" spans="1:10">
       <c r="B260" s="1" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>735</v>
-[...3 lines deleted...]
-      </c>
+        <v>737</v>
+      </c>
+      <c r="D260" s="1"/>
       <c r="E260" s="1" t="s">
-        <v>735</v>
+        <v>608</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="G260" s="1">
-        <v>115</v>
+        <v>96</v>
       </c>
       <c r="H260" s="1">
-        <v>0.114</v>
+        <v>0.138</v>
       </c>
       <c r="I260" s="1">
-        <v>6</v>
+        <v>17</v>
       </c>
       <c r="J260" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="261" spans="1:10">
       <c r="B261" s="1" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="D261" s="1"/>
       <c r="E261" s="1" t="s">
-        <v>244</v>
+        <v>741</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="G261" s="1">
-        <v>317</v>
+        <v>35</v>
       </c>
       <c r="H261" s="1">
-        <v>0.258</v>
+        <v>0.072</v>
       </c>
       <c r="I261" s="1">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="J261" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="262" spans="1:10">
       <c r="B262" s="1" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="D262" s="1"/>
       <c r="E262" s="1" t="s">
-        <v>616</v>
+        <v>745</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>743</v>
+        <v>618</v>
       </c>
       <c r="G262" s="1">
-        <v>92</v>
+        <v>62</v>
       </c>
       <c r="H262" s="1">
-        <v>0.152</v>
+        <v>0.102</v>
       </c>
       <c r="I262" s="1">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="J262" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="263" spans="1:10">
       <c r="B263" s="1" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>745</v>
-[...1 lines deleted...]
-      <c r="D263" s="1"/>
+        <v>747</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>748</v>
+      </c>
       <c r="E263" s="1" t="s">
-        <v>616</v>
+        <v>749</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>746</v>
+        <v>233</v>
       </c>
       <c r="G263" s="1">
-        <v>96</v>
+        <v>243</v>
       </c>
       <c r="H263" s="1">
-        <v>0.138</v>
+        <v>0.208</v>
       </c>
       <c r="I263" s="1">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="J263" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="264" spans="1:10">
       <c r="B264" s="1" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="D264" s="1"/>
       <c r="E264" s="1" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="F264" s="1" t="s">
-        <v>750</v>
+        <v>664</v>
       </c>
       <c r="G264" s="1">
-        <v>35</v>
+        <v>112</v>
       </c>
       <c r="H264" s="1">
-        <v>0.072</v>
+        <v>0.106</v>
       </c>
       <c r="I264" s="1">
         <v>16</v>
       </c>
       <c r="J264" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="265" spans="1:10">
       <c r="B265" s="1" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>752</v>
-[...1 lines deleted...]
-      <c r="D265" s="1"/>
+        <v>754</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>755</v>
+      </c>
       <c r="E265" s="1" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="F265" s="1" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="G265" s="1">
-        <v>62</v>
+        <v>158</v>
       </c>
       <c r="H265" s="1">
-        <v>0.102</v>
+        <v>0.186</v>
       </c>
       <c r="I265" s="1">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="J265" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="266" spans="1:10">
       <c r="B266" s="1" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="E266" s="1" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>241</v>
+        <v>618</v>
       </c>
       <c r="G266" s="1">
-        <v>243</v>
+        <v>160</v>
       </c>
       <c r="H266" s="1">
-        <v>0.208</v>
+        <v>0.184</v>
       </c>
       <c r="I266" s="1">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="J266" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="267" spans="1:10">
       <c r="B267" s="1" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="D267" s="1"/>
       <c r="E267" s="1" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="F267" s="1" t="s">
-        <v>672</v>
+        <v>764</v>
       </c>
       <c r="G267" s="1">
-        <v>112</v>
+        <v>246</v>
       </c>
       <c r="H267" s="1">
-        <v>0.106</v>
+        <v>0.378</v>
       </c>
       <c r="I267" s="1">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="J267" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="268" spans="1:10">
       <c r="B268" s="1" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>762</v>
-[...3 lines deleted...]
-      </c>
+        <v>766</v>
+      </c>
+      <c r="D268" s="1"/>
       <c r="E268" s="1" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>626</v>
+        <v>491</v>
       </c>
       <c r="G268" s="1">
-        <v>158</v>
+        <v>63</v>
       </c>
       <c r="H268" s="1">
-        <v>0.186</v>
+        <v>0.032</v>
       </c>
       <c r="I268" s="1">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="J268" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="269" spans="1:10">
       <c r="B269" s="1" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>766</v>
-[...3 lines deleted...]
-      </c>
+        <v>769</v>
+      </c>
+      <c r="D269" s="1"/>
       <c r="E269" s="1" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>626</v>
+        <v>491</v>
       </c>
       <c r="G269" s="1">
-        <v>160</v>
+        <v>30</v>
       </c>
       <c r="H269" s="1">
-        <v>0.184</v>
+        <v>0.02</v>
       </c>
       <c r="I269" s="1">
-        <v>39</v>
+        <v>6.5</v>
       </c>
       <c r="J269" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="270" spans="1:10">
       <c r="B270" s="1" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>770</v>
-[...1 lines deleted...]
-      <c r="D270" s="1"/>
+        <v>772</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>773</v>
+      </c>
       <c r="E270" s="1" t="s">
-        <v>771</v>
+        <v>612</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>772</v>
+        <v>702</v>
       </c>
       <c r="G270" s="1">
-        <v>246</v>
+        <v>64</v>
       </c>
       <c r="H270" s="1">
-        <v>0.378</v>
+        <v>0.064</v>
       </c>
       <c r="I270" s="1">
-        <v>42</v>
+        <v>8.5</v>
       </c>
       <c r="J270" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="271" spans="1:10">
       <c r="B271" s="1" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>774</v>
-[...1 lines deleted...]
-      <c r="D271" s="1"/>
+        <v>775</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>776</v>
+      </c>
       <c r="E271" s="1" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>499</v>
+        <v>618</v>
       </c>
       <c r="G271" s="1">
-        <v>63</v>
+        <v>124</v>
       </c>
       <c r="H271" s="1">
-        <v>0.032</v>
+        <v>0.156</v>
       </c>
       <c r="I271" s="1">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="J271" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="272" spans="1:10">
       <c r="B272" s="1" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="D272" s="1"/>
       <c r="E272" s="1" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>499</v>
+        <v>618</v>
       </c>
       <c r="G272" s="1">
-        <v>30</v>
+        <v>159</v>
       </c>
       <c r="H272" s="1">
-        <v>0.02</v>
+        <v>0.19</v>
       </c>
       <c r="I272" s="1">
-        <v>6.5</v>
+        <v>19</v>
       </c>
       <c r="J272" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="273" spans="1:10">
       <c r="B273" s="1" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="C273" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="D273" s="1"/>
+      <c r="E273" s="1" t="s">
         <v>780</v>
       </c>
-      <c r="D273" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F273" s="1" t="s">
-        <v>710</v>
+        <v>618</v>
       </c>
       <c r="G273" s="1">
-        <v>64</v>
+        <v>109</v>
       </c>
       <c r="H273" s="1">
-        <v>0.064</v>
+        <v>0.134</v>
       </c>
       <c r="I273" s="1">
-        <v>8.5</v>
+        <v>15</v>
       </c>
       <c r="J273" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="274" spans="1:10">
       <c r="B274" s="1" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="E274" s="1" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="G274" s="1">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="H274" s="1">
-        <v>0.156</v>
+        <v>0.128</v>
       </c>
       <c r="I274" s="1">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="J274" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="275" spans="1:10">
       <c r="B275" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>787</v>
-[...1 lines deleted...]
-      <c r="D275" s="1"/>
+        <v>788</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>789</v>
+      </c>
       <c r="E275" s="1" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>626</v>
+        <v>791</v>
       </c>
       <c r="G275" s="1">
-        <v>159</v>
+        <v>124</v>
       </c>
       <c r="H275" s="1">
-        <v>0.19</v>
+        <v>0.152</v>
       </c>
       <c r="I275" s="1">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="J275" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="276" spans="1:10">
       <c r="B276" s="1" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>790</v>
-[...1 lines deleted...]
-      <c r="D276" s="1"/>
+        <v>793</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>794</v>
+      </c>
       <c r="E276" s="1" t="s">
-        <v>788</v>
+        <v>795</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="G276" s="1">
-        <v>109</v>
+        <v>155</v>
       </c>
       <c r="H276" s="1">
-        <v>0.134</v>
+        <v>0.186</v>
       </c>
       <c r="I276" s="1">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="J276" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="277" spans="1:10">
       <c r="B277" s="1" t="s">
-        <v>791</v>
+        <v>796</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>792</v>
+        <v>797</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>793</v>
+        <v>798</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>794</v>
+        <v>799</v>
       </c>
       <c r="F277" s="1" t="s">
-        <v>626</v>
+        <v>800</v>
       </c>
       <c r="G277" s="1">
-        <v>102</v>
+        <v>156</v>
       </c>
       <c r="H277" s="1">
-        <v>0.128</v>
+        <v>0.202</v>
       </c>
       <c r="I277" s="1">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="J277" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="278" spans="1:10">
       <c r="B278" s="1" t="s">
-        <v>795</v>
+        <v>801</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>796</v>
+        <v>802</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="E278" s="1" t="s">
-        <v>798</v>
+        <v>804</v>
       </c>
       <c r="F278" s="1" t="s">
-        <v>799</v>
+        <v>233</v>
       </c>
       <c r="G278" s="1">
-        <v>124</v>
+        <v>32</v>
       </c>
       <c r="H278" s="1">
-        <v>0.152</v>
+        <v>0.048</v>
       </c>
       <c r="I278" s="1">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="J278" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="279" spans="1:10">
       <c r="B279" s="1" t="s">
-        <v>800</v>
+        <v>805</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>801</v>
-[...3 lines deleted...]
-      </c>
+        <v>806</v>
+      </c>
+      <c r="D279" s="1"/>
       <c r="E279" s="1" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
       <c r="F279" s="1" t="s">
-        <v>626</v>
+        <v>808</v>
       </c>
       <c r="G279" s="1">
-        <v>155</v>
+        <v>116</v>
       </c>
       <c r="H279" s="1">
-        <v>0.186</v>
+        <v>0.142</v>
       </c>
       <c r="I279" s="1">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="J279" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="280" spans="1:10">
       <c r="B280" s="1" t="s">
-        <v>804</v>
+        <v>809</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>805</v>
+        <v>810</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>806</v>
+        <v>811</v>
       </c>
       <c r="E280" s="1" t="s">
         <v>807</v>
       </c>
       <c r="F280" s="1" t="s">
-        <v>808</v>
+        <v>618</v>
       </c>
       <c r="G280" s="1">
-        <v>156</v>
+        <v>205</v>
       </c>
       <c r="H280" s="1">
-        <v>0.202</v>
+        <v>0.25</v>
       </c>
       <c r="I280" s="1">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="J280" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="281" spans="1:10">
       <c r="B281" s="1" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>812</v>
+        <v>807</v>
       </c>
       <c r="F281" s="1" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
       <c r="G281" s="1">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="H281" s="1">
-        <v>0.048</v>
+        <v>0.05</v>
       </c>
       <c r="I281" s="1">
-        <v>11</v>
+        <v>8.6</v>
       </c>
       <c r="J281" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="282" spans="1:10">
       <c r="B282" s="1" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>814</v>
-[...1 lines deleted...]
-      <c r="D282" s="1"/>
+        <v>816</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>817</v>
+      </c>
       <c r="E282" s="1" t="s">
-        <v>815</v>
+        <v>804</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>816</v>
+        <v>233</v>
       </c>
       <c r="G282" s="1">
-        <v>116</v>
+        <v>30</v>
       </c>
       <c r="H282" s="1">
-        <v>0.142</v>
+        <v>0.05</v>
       </c>
       <c r="I282" s="1">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="J282" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="283" spans="1:10">
       <c r="B283" s="1" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="E283" s="1" t="s">
-        <v>815</v>
+        <v>807</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>626</v>
+        <v>821</v>
       </c>
       <c r="G283" s="1">
-        <v>205</v>
+        <v>101</v>
       </c>
       <c r="H283" s="1">
-        <v>0.25</v>
+        <v>0.098</v>
       </c>
       <c r="I283" s="1">
         <v>26</v>
       </c>
       <c r="J283" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="284" spans="1:10">
       <c r="B284" s="1" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>821</v>
-[...3 lines deleted...]
-      </c>
+        <v>823</v>
+      </c>
+      <c r="D284" s="1"/>
       <c r="E284" s="1" t="s">
-        <v>815</v>
+        <v>807</v>
       </c>
       <c r="F284" s="1" t="s">
-        <v>241</v>
+        <v>539</v>
       </c>
       <c r="G284" s="1">
-        <v>30</v>
+        <v>126</v>
       </c>
       <c r="H284" s="1">
-        <v>0.05</v>
+        <v>0.098</v>
       </c>
       <c r="I284" s="1">
-        <v>8.6</v>
+        <v>15</v>
       </c>
       <c r="J284" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="285" spans="1:10">
       <c r="B285" s="1" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="E285" s="1" t="s">
-        <v>812</v>
+        <v>807</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
       <c r="G285" s="1">
-        <v>30</v>
+        <v>102</v>
       </c>
       <c r="H285" s="1">
-        <v>0.05</v>
+        <v>0.094</v>
       </c>
       <c r="I285" s="1">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="J285" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="286" spans="1:10">
       <c r="B286" s="1" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>827</v>
-[...1 lines deleted...]
-      <c r="D286" s="1" t="s">
         <v>828</v>
       </c>
+      <c r="D286" s="1"/>
       <c r="E286" s="1" t="s">
-        <v>815</v>
+        <v>829</v>
       </c>
       <c r="F286" s="1" t="s">
-        <v>829</v>
+        <v>343</v>
       </c>
       <c r="G286" s="1">
-        <v>101</v>
+        <v>126</v>
       </c>
       <c r="H286" s="1">
-        <v>0.098</v>
+        <v>0.108</v>
       </c>
       <c r="I286" s="1">
-        <v>26</v>
+        <v>15.5</v>
       </c>
       <c r="J286" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="287" spans="1:10">
       <c r="B287" s="1" t="s">
         <v>830</v>
       </c>
       <c r="C287" s="1" t="s">
         <v>831</v>
       </c>
-      <c r="D287" s="1"/>
+      <c r="D287" s="1" t="s">
+        <v>832</v>
+      </c>
       <c r="E287" s="1" t="s">
-        <v>815</v>
+        <v>829</v>
       </c>
       <c r="F287" s="1" t="s">
-        <v>547</v>
+        <v>833</v>
       </c>
       <c r="G287" s="1">
-        <v>126</v>
+        <v>74</v>
       </c>
       <c r="H287" s="1">
-        <v>0.098</v>
+        <v>0.076</v>
       </c>
       <c r="I287" s="1">
-        <v>15</v>
+        <v>12.5</v>
       </c>
       <c r="J287" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="288" spans="1:10">
       <c r="B288" s="1" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>833</v>
-[...3 lines deleted...]
-      </c>
+        <v>835</v>
+      </c>
+      <c r="D288" s="1"/>
       <c r="E288" s="1" t="s">
-        <v>815</v>
+        <v>829</v>
       </c>
       <c r="F288" s="1" t="s">
-        <v>241</v>
+        <v>836</v>
       </c>
       <c r="G288" s="1">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="H288" s="1">
-        <v>0.094</v>
+        <v>0.122</v>
       </c>
       <c r="I288" s="1">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="J288" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="289" spans="1:10">
       <c r="B289" s="1" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="D289" s="1"/>
       <c r="E289" s="1" t="s">
-        <v>837</v>
+        <v>829</v>
       </c>
       <c r="F289" s="1" t="s">
-        <v>351</v>
+        <v>688</v>
       </c>
       <c r="G289" s="1">
-        <v>126</v>
+        <v>46</v>
       </c>
       <c r="H289" s="1">
-        <v>0.108</v>
+        <v>0.026</v>
       </c>
       <c r="I289" s="1">
-        <v>15.5</v>
+        <v>6.5</v>
       </c>
       <c r="J289" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="290" spans="1:10">
       <c r="B290" s="1" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="E290" s="1" t="s">
-        <v>837</v>
+        <v>829</v>
       </c>
       <c r="F290" s="1" t="s">
-        <v>841</v>
+        <v>210</v>
       </c>
       <c r="G290" s="1">
-        <v>74</v>
+        <v>156</v>
       </c>
       <c r="H290" s="1">
-        <v>0.076</v>
+        <v>0.132</v>
       </c>
       <c r="I290" s="1">
-        <v>12.5</v>
+        <v>23.5</v>
       </c>
       <c r="J290" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="291" spans="1:10">
       <c r="B291" s="1" t="s">
         <v>842</v>
       </c>
       <c r="C291" s="1" t="s">
         <v>843</v>
       </c>
-      <c r="D291" s="1"/>
+      <c r="D291" s="1" t="s">
+        <v>844</v>
+      </c>
       <c r="E291" s="1" t="s">
-        <v>837</v>
+        <v>829</v>
       </c>
       <c r="F291" s="1" t="s">
-        <v>844</v>
+        <v>833</v>
       </c>
       <c r="G291" s="1">
-        <v>110</v>
+        <v>189</v>
       </c>
       <c r="H291" s="1">
-        <v>0.122</v>
+        <v>0.162</v>
       </c>
       <c r="I291" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="J291" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="292" spans="1:10">
       <c r="B292" s="1" t="s">
         <v>845</v>
       </c>
       <c r="C292" s="1" t="s">
         <v>846</v>
       </c>
-      <c r="D292" s="1"/>
+      <c r="D292" s="1" t="s">
+        <v>649</v>
+      </c>
       <c r="E292" s="1" t="s">
-        <v>837</v>
+        <v>608</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>696</v>
+        <v>650</v>
       </c>
       <c r="G292" s="1">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="H292" s="1">
-        <v>0.026</v>
+        <v>0.005</v>
       </c>
       <c r="I292" s="1">
-        <v>6.5</v>
+        <v>2</v>
       </c>
       <c r="J292" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="293" spans="1:10">
       <c r="B293" s="1" t="s">
         <v>847</v>
       </c>
       <c r="C293" s="1" t="s">
         <v>848</v>
       </c>
       <c r="D293" s="1" t="s">
         <v>849</v>
       </c>
       <c r="E293" s="1" t="s">
-        <v>837</v>
+        <v>850</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>218</v>
+        <v>112</v>
       </c>
       <c r="G293" s="1">
-        <v>156</v>
+        <v>116</v>
       </c>
       <c r="H293" s="1">
-        <v>0.132</v>
+        <v>0.012</v>
       </c>
       <c r="I293" s="1">
-        <v>23.5</v>
+        <v>23</v>
       </c>
       <c r="J293" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="294" spans="1:10">
       <c r="B294" s="1" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="E294" s="1" t="s">
-        <v>837</v>
+        <v>854</v>
       </c>
       <c r="F294" s="1" t="s">
-        <v>841</v>
+        <v>855</v>
       </c>
       <c r="G294" s="1">
-        <v>189</v>
+        <v>126</v>
       </c>
       <c r="H294" s="1">
-        <v>0.162</v>
+        <v>0.328</v>
       </c>
       <c r="I294" s="1">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="J294" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="295" spans="1:10">
       <c r="B295" s="1" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>854</v>
-[...3 lines deleted...]
-      </c>
+        <v>857</v>
+      </c>
+      <c r="D295" s="1"/>
       <c r="E295" s="1" t="s">
-        <v>616</v>
+        <v>858</v>
       </c>
       <c r="F295" s="1" t="s">
-        <v>658</v>
+        <v>233</v>
       </c>
       <c r="G295" s="1">
-        <v>8</v>
+        <v>228</v>
       </c>
       <c r="H295" s="1">
-        <v>0.005</v>
+        <v>0.196</v>
       </c>
       <c r="I295" s="1">
-        <v>2</v>
+        <v>32</v>
       </c>
       <c r="J295" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="296" spans="1:10">
       <c r="B296" s="1" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>856</v>
+        <v>860</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="E296" s="1" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="F296" s="1" t="s">
-        <v>120</v>
+        <v>618</v>
       </c>
       <c r="G296" s="1">
-        <v>116</v>
+        <v>140</v>
       </c>
       <c r="H296" s="1">
-        <v>0.012</v>
+        <v>0.172</v>
       </c>
       <c r="I296" s="1">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="J296" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="297" spans="1:10">
       <c r="B297" s="1" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="E297" s="1" t="s">
-        <v>862</v>
+        <v>866</v>
       </c>
       <c r="F297" s="1" t="s">
-        <v>863</v>
+        <v>688</v>
       </c>
       <c r="G297" s="1">
-        <v>126</v>
+        <v>32</v>
       </c>
       <c r="H297" s="1">
-        <v>0.328</v>
+        <v>0.018</v>
       </c>
       <c r="I297" s="1">
-        <v>19</v>
+        <v>3</v>
       </c>
       <c r="J297" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="298" spans="1:10">
       <c r="B298" s="1" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="D298" s="1"/>
       <c r="E298" s="1" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="F298" s="1" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
       <c r="G298" s="1">
-        <v>228</v>
+        <v>70</v>
       </c>
       <c r="H298" s="1">
-        <v>0.196</v>
+        <v>0.068</v>
       </c>
       <c r="I298" s="1">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="J298" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="299" spans="1:10">
       <c r="B299" s="1" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="E299" s="1" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="F299" s="1" t="s">
-        <v>626</v>
+        <v>233</v>
       </c>
       <c r="G299" s="1">
-        <v>140</v>
+        <v>61</v>
       </c>
       <c r="H299" s="1">
-        <v>0.172</v>
+        <v>0.06</v>
       </c>
       <c r="I299" s="1">
-        <v>26</v>
+        <v>9.2</v>
       </c>
       <c r="J299" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="300" spans="1:10">
       <c r="B300" s="1" t="s">
-        <v>871</v>
+        <v>874</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>872</v>
-[...3 lines deleted...]
-      </c>
+        <v>875</v>
+      </c>
+      <c r="D300" s="1"/>
       <c r="E300" s="1" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="F300" s="1" t="s">
-        <v>696</v>
+        <v>233</v>
       </c>
       <c r="G300" s="1">
-        <v>32</v>
+        <v>62</v>
       </c>
       <c r="H300" s="1">
-        <v>0.018</v>
+        <v>0.06</v>
       </c>
       <c r="I300" s="1">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="J300" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="301" spans="1:10">
       <c r="B301" s="1" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>876</v>
-[...1 lines deleted...]
-      <c r="D301" s="1"/>
+        <v>878</v>
+      </c>
+      <c r="D301" s="1" t="s">
+        <v>879</v>
+      </c>
       <c r="E301" s="1" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>241</v>
+        <v>881</v>
       </c>
       <c r="G301" s="1">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="H301" s="1">
-        <v>0.068</v>
+        <v>0.24</v>
       </c>
       <c r="I301" s="1">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="J301" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="302" spans="1:10">
       <c r="B302" s="1" t="s">
-        <v>878</v>
+        <v>882</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>879</v>
-[...3 lines deleted...]
-      </c>
+        <v>883</v>
+      </c>
+      <c r="D302" s="1"/>
       <c r="E302" s="1" t="s">
-        <v>881</v>
+        <v>691</v>
       </c>
       <c r="F302" s="1" t="s">
-        <v>241</v>
+        <v>688</v>
       </c>
       <c r="G302" s="1">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="H302" s="1">
-        <v>0.06</v>
+        <v>0.028</v>
       </c>
       <c r="I302" s="1">
-        <v>9.2</v>
+        <v>3.5</v>
       </c>
       <c r="J302" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="303" spans="1:10">
       <c r="B303" s="1" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="D303" s="1"/>
       <c r="E303" s="1" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="F303" s="1" t="s">
-        <v>241</v>
+        <v>539</v>
       </c>
       <c r="G303" s="1">
-        <v>62</v>
+        <v>190</v>
       </c>
       <c r="H303" s="1">
-        <v>0.06</v>
+        <v>0.144</v>
       </c>
       <c r="I303" s="1">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="J303" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="304" spans="1:10">
       <c r="B304" s="1" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>886</v>
-[...3 lines deleted...]
-      </c>
+        <v>888</v>
+      </c>
+      <c r="D304" s="1"/>
       <c r="E304" s="1" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="F304" s="1" t="s">
-        <v>889</v>
+        <v>821</v>
       </c>
       <c r="G304" s="1">
-        <v>77</v>
+        <v>167</v>
       </c>
       <c r="H304" s="1">
-        <v>0.24</v>
+        <v>0.188</v>
       </c>
       <c r="I304" s="1">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="J304" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="305" spans="1:10">
       <c r="B305" s="1" t="s">
         <v>890</v>
       </c>
       <c r="C305" s="1" t="s">
         <v>891</v>
       </c>
       <c r="D305" s="1"/>
       <c r="E305" s="1" t="s">
-        <v>699</v>
+        <v>892</v>
       </c>
       <c r="F305" s="1" t="s">
-        <v>696</v>
+        <v>821</v>
       </c>
       <c r="G305" s="1">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="H305" s="1">
-        <v>0.028</v>
+        <v>0.18</v>
       </c>
       <c r="I305" s="1">
-        <v>3.5</v>
+        <v>27</v>
       </c>
       <c r="J305" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="306" spans="1:10">
       <c r="B306" s="1" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>893</v>
-[...1 lines deleted...]
-      <c r="D306" s="1"/>
+        <v>894</v>
+      </c>
+      <c r="D306" s="1" t="s">
+        <v>895</v>
+      </c>
       <c r="E306" s="1" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="F306" s="1" t="s">
-        <v>547</v>
+        <v>897</v>
       </c>
       <c r="G306" s="1">
-        <v>190</v>
+        <v>214</v>
       </c>
       <c r="H306" s="1">
-        <v>0.144</v>
+        <v>0.874</v>
       </c>
       <c r="I306" s="1">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="J306" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="307" spans="1:10">
       <c r="B307" s="1" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>896</v>
+        <v>899</v>
       </c>
       <c r="D307" s="1"/>
       <c r="E307" s="1" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="F307" s="1" t="s">
-        <v>829</v>
+        <v>881</v>
       </c>
       <c r="G307" s="1">
-        <v>167</v>
+        <v>95</v>
       </c>
       <c r="H307" s="1">
-        <v>0.188</v>
+        <v>0.158</v>
       </c>
       <c r="I307" s="1">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="J307" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="308" spans="1:10">
       <c r="B308" s="1" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="D308" s="1"/>
       <c r="E308" s="1" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="F308" s="1" t="s">
-        <v>829</v>
+        <v>618</v>
       </c>
       <c r="G308" s="1">
-        <v>191</v>
+        <v>224</v>
       </c>
       <c r="H308" s="1">
-        <v>0.18</v>
+        <v>0.254</v>
       </c>
       <c r="I308" s="1">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="J308" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="309" spans="1:10">
       <c r="B309" s="1" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>902</v>
-[...3 lines deleted...]
-      </c>
+        <v>905</v>
+      </c>
+      <c r="D309" s="1"/>
       <c r="E309" s="1" t="s">
-        <v>904</v>
+        <v>745</v>
       </c>
       <c r="F309" s="1" t="s">
-        <v>905</v>
+        <v>618</v>
       </c>
       <c r="G309" s="1">
-        <v>214</v>
+        <v>64</v>
       </c>
       <c r="H309" s="1">
-        <v>0.874</v>
+        <v>0.104</v>
       </c>
       <c r="I309" s="1">
-        <v>64</v>
+        <v>23.6</v>
       </c>
       <c r="J309" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="310" spans="1:10">
       <c r="B310" s="1" t="s">
         <v>906</v>
       </c>
       <c r="C310" s="1" t="s">
         <v>907</v>
       </c>
       <c r="D310" s="1"/>
       <c r="E310" s="1" t="s">
-        <v>908</v>
+        <v>745</v>
       </c>
       <c r="F310" s="1" t="s">
-        <v>889</v>
+        <v>618</v>
       </c>
       <c r="G310" s="1">
-        <v>95</v>
+        <v>64</v>
       </c>
       <c r="H310" s="1">
-        <v>0.158</v>
+        <v>0.104</v>
       </c>
       <c r="I310" s="1">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="J310" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="311" spans="1:10">
       <c r="B311" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="C311" s="1" t="s">
         <v>909</v>
       </c>
-      <c r="C311" s="1" t="s">
+      <c r="D311" s="1" t="s">
         <v>910</v>
       </c>
-      <c r="D311" s="1"/>
       <c r="E311" s="1" t="s">
-        <v>911</v>
+        <v>727</v>
       </c>
       <c r="F311" s="1" t="s">
-        <v>626</v>
+        <v>729</v>
       </c>
       <c r="G311" s="1">
         <v>224</v>
       </c>
       <c r="H311" s="1">
-        <v>0.254</v>
+        <v>0.206</v>
       </c>
       <c r="I311" s="1">
-        <v>39</v>
+        <v>10</v>
       </c>
       <c r="J311" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="312" spans="1:10">
       <c r="B312" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="C312" s="1" t="s">
         <v>912</v>
       </c>
-      <c r="C312" s="1" t="s">
+      <c r="D312" s="1" t="s">
         <v>913</v>
       </c>
-      <c r="D312" s="1"/>
       <c r="E312" s="1" t="s">
-        <v>753</v>
+        <v>727</v>
       </c>
       <c r="F312" s="1" t="s">
-        <v>626</v>
+        <v>729</v>
       </c>
       <c r="G312" s="1">
-        <v>64</v>
+        <v>191</v>
       </c>
       <c r="H312" s="1">
-        <v>0.104</v>
+        <v>0.186</v>
       </c>
       <c r="I312" s="1">
-        <v>23.6</v>
+        <v>11</v>
       </c>
       <c r="J312" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="313" spans="1:10">
       <c r="B313" s="1" t="s">
         <v>914</v>
       </c>
       <c r="C313" s="1" t="s">
         <v>915</v>
       </c>
-      <c r="D313" s="1"/>
+      <c r="D313" s="1" t="s">
+        <v>916</v>
+      </c>
       <c r="E313" s="1" t="s">
-        <v>753</v>
+        <v>727</v>
       </c>
       <c r="F313" s="1" t="s">
-        <v>626</v>
+        <v>729</v>
       </c>
       <c r="G313" s="1">
-        <v>64</v>
+        <v>267</v>
       </c>
       <c r="H313" s="1">
-        <v>0.104</v>
+        <v>0.252</v>
       </c>
       <c r="I313" s="1">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J313" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="314" spans="1:10">
       <c r="B314" s="1" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="E314" s="1" t="s">
-        <v>735</v>
+        <v>727</v>
       </c>
       <c r="F314" s="1" t="s">
-        <v>737</v>
+        <v>729</v>
       </c>
       <c r="G314" s="1">
-        <v>224</v>
+        <v>84</v>
       </c>
       <c r="H314" s="1">
-        <v>0.206</v>
+        <v>0.094</v>
       </c>
       <c r="I314" s="1">
-        <v>10</v>
+        <v>8.5</v>
       </c>
       <c r="J314" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="315" spans="1:10">
       <c r="B315" s="1" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="E315" s="1" t="s">
-        <v>735</v>
+        <v>727</v>
       </c>
       <c r="F315" s="1" t="s">
-        <v>737</v>
+        <v>729</v>
       </c>
       <c r="G315" s="1">
-        <v>191</v>
+        <v>168</v>
       </c>
       <c r="H315" s="1">
-        <v>0.186</v>
+        <v>0.158</v>
       </c>
       <c r="I315" s="1">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="J315" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="316" spans="1:10">
       <c r="B316" s="1" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="E316" s="1" t="s">
-        <v>735</v>
+        <v>727</v>
       </c>
       <c r="F316" s="1" t="s">
-        <v>737</v>
+        <v>729</v>
       </c>
       <c r="G316" s="1">
-        <v>267</v>
+        <v>111</v>
       </c>
       <c r="H316" s="1">
-        <v>0.252</v>
+        <v>0.114</v>
       </c>
       <c r="I316" s="1">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="J316" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="317" spans="1:10">
       <c r="B317" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="E317" s="1" t="s">
-        <v>735</v>
+        <v>727</v>
       </c>
       <c r="F317" s="1" t="s">
-        <v>737</v>
+        <v>729</v>
       </c>
       <c r="G317" s="1">
-        <v>84</v>
+        <v>160</v>
       </c>
       <c r="H317" s="1">
-        <v>0.094</v>
+        <v>0.15</v>
       </c>
       <c r="I317" s="1">
         <v>8.5</v>
       </c>
       <c r="J317" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="318" spans="1:10">
       <c r="B318" s="1" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="E318" s="1" t="s">
-        <v>735</v>
+        <v>727</v>
       </c>
       <c r="F318" s="1" t="s">
-        <v>737</v>
+        <v>702</v>
       </c>
       <c r="G318" s="1">
-        <v>168</v>
+        <v>30</v>
       </c>
       <c r="H318" s="1">
-        <v>0.158</v>
+        <v>0.026</v>
       </c>
       <c r="I318" s="1">
-        <v>8</v>
+        <v>1.7</v>
       </c>
       <c r="J318" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="319" spans="1:10">
       <c r="B319" s="1" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="E319" s="1" t="s">
-        <v>735</v>
+        <v>727</v>
       </c>
       <c r="F319" s="1" t="s">
-        <v>737</v>
+        <v>702</v>
       </c>
       <c r="G319" s="1">
-        <v>111</v>
+        <v>64</v>
       </c>
       <c r="H319" s="1">
-        <v>0.114</v>
+        <v>0.038</v>
       </c>
       <c r="I319" s="1">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="J319" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="320" spans="1:10">
       <c r="B320" s="1" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>935</v>
-[...1 lines deleted...]
-      <c r="D320" s="1" t="s">
         <v>936</v>
       </c>
+      <c r="D320" s="1"/>
       <c r="E320" s="1" t="s">
-        <v>735</v>
+        <v>571</v>
       </c>
       <c r="F320" s="1" t="s">
-        <v>737</v>
+        <v>491</v>
       </c>
       <c r="G320" s="1">
-        <v>160</v>
+        <v>2064</v>
       </c>
       <c r="H320" s="1">
-        <v>0.15</v>
+        <v>0.602</v>
       </c>
       <c r="I320" s="1">
-        <v>8.5</v>
+        <v>69</v>
       </c>
       <c r="J320" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="321" spans="1:10">
       <c r="B321" s="1" t="s">
         <v>937</v>
       </c>
       <c r="C321" s="1" t="s">
         <v>938</v>
       </c>
       <c r="D321" s="1" t="s">
         <v>939</v>
       </c>
       <c r="E321" s="1" t="s">
-        <v>735</v>
+        <v>940</v>
       </c>
       <c r="F321" s="1" t="s">
-        <v>710</v>
+        <v>684</v>
       </c>
       <c r="G321" s="1">
-        <v>30</v>
+        <v>160</v>
       </c>
       <c r="H321" s="1">
-        <v>0.026</v>
+        <v>0.126</v>
       </c>
       <c r="I321" s="1">
-        <v>1.7</v>
+        <v>17</v>
       </c>
       <c r="J321" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="322" spans="1:10">
       <c r="B322" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="C322" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="D322" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="E322" s="1" t="s">
         <v>940</v>
       </c>
-      <c r="C322" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F322" s="1" t="s">
-        <v>710</v>
+        <v>944</v>
       </c>
       <c r="G322" s="1">
-        <v>64</v>
+        <v>222</v>
       </c>
       <c r="H322" s="1">
-        <v>0.038</v>
+        <v>0.252</v>
       </c>
       <c r="I322" s="1">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="J322" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="323" spans="1:10">
       <c r="B323" s="1" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="D323" s="1"/>
       <c r="E323" s="1" t="s">
-        <v>579</v>
+        <v>940</v>
       </c>
       <c r="F323" s="1" t="s">
-        <v>499</v>
+        <v>944</v>
       </c>
       <c r="G323" s="1">
-        <v>2064</v>
+        <v>256</v>
       </c>
       <c r="H323" s="1">
-        <v>0.602</v>
+        <v>0.282</v>
       </c>
       <c r="I323" s="1">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="J323" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="324" spans="1:10">
       <c r="B324" s="1" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="E324" s="1" t="s">
-        <v>948</v>
+        <v>940</v>
       </c>
       <c r="F324" s="1" t="s">
-        <v>692</v>
+        <v>944</v>
       </c>
       <c r="G324" s="1">
-        <v>160</v>
+        <v>416</v>
       </c>
       <c r="H324" s="1">
-        <v>0.126</v>
+        <v>0.416</v>
       </c>
       <c r="I324" s="1">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="J324" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="325" spans="1:10">
       <c r="B325" s="1" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>950</v>
-[...1 lines deleted...]
-      <c r="D325" s="1" t="s">
         <v>951</v>
       </c>
+      <c r="D325" s="1"/>
       <c r="E325" s="1" t="s">
-        <v>948</v>
+        <v>940</v>
       </c>
       <c r="F325" s="1" t="s">
-        <v>952</v>
+        <v>944</v>
       </c>
       <c r="G325" s="1">
-        <v>222</v>
+        <v>352</v>
       </c>
       <c r="H325" s="1">
-        <v>0.252</v>
+        <v>0.386</v>
       </c>
       <c r="I325" s="1">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="J325" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="326" spans="1:10">
       <c r="B326" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="C326" s="1" t="s">
         <v>953</v>
-      </c>
-[...1 lines deleted...]
-        <v>954</v>
       </c>
       <c r="D326" s="1"/>
       <c r="E326" s="1" t="s">
-        <v>948</v>
+        <v>954</v>
       </c>
       <c r="F326" s="1" t="s">
-        <v>952</v>
+        <v>955</v>
       </c>
       <c r="G326" s="1">
-        <v>256</v>
+        <v>64</v>
       </c>
       <c r="H326" s="1">
-        <v>0.282</v>
+        <v>0.036</v>
       </c>
       <c r="I326" s="1">
-        <v>24</v>
+        <v>5.5</v>
       </c>
       <c r="J326" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="327" spans="1:10">
       <c r="B327" s="1" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>956</v>
-[...1 lines deleted...]
-      <c r="D327" s="1" t="s">
         <v>957</v>
       </c>
+      <c r="D327" s="1"/>
       <c r="E327" s="1" t="s">
-        <v>948</v>
+        <v>940</v>
       </c>
       <c r="F327" s="1" t="s">
-        <v>952</v>
+        <v>86</v>
       </c>
       <c r="G327" s="1">
-        <v>416</v>
+        <v>112</v>
       </c>
       <c r="H327" s="1">
-        <v>0.416</v>
+        <v>0.138</v>
       </c>
       <c r="I327" s="1">
-        <v>49</v>
+        <v>38</v>
       </c>
       <c r="J327" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="328" spans="1:10">
       <c r="B328" s="1" t="s">
         <v>958</v>
       </c>
       <c r="C328" s="1" t="s">
         <v>959</v>
       </c>
       <c r="D328" s="1"/>
       <c r="E328" s="1" t="s">
-        <v>948</v>
+        <v>940</v>
       </c>
       <c r="F328" s="1" t="s">
-        <v>952</v>
+        <v>86</v>
       </c>
       <c r="G328" s="1">
-        <v>352</v>
+        <v>200</v>
       </c>
       <c r="H328" s="1">
-        <v>0.386</v>
+        <v>0.234</v>
       </c>
       <c r="I328" s="1">
-        <v>49</v>
+        <v>21</v>
       </c>
       <c r="J328" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="329" spans="1:10">
       <c r="B329" s="1" t="s">
         <v>960</v>
       </c>
       <c r="C329" s="1" t="s">
         <v>961</v>
       </c>
       <c r="D329" s="1"/>
       <c r="E329" s="1" t="s">
-        <v>962</v>
+        <v>940</v>
       </c>
       <c r="F329" s="1" t="s">
-        <v>963</v>
+        <v>86</v>
       </c>
       <c r="G329" s="1">
-        <v>64</v>
+        <v>136</v>
       </c>
       <c r="H329" s="1">
-        <v>0.036</v>
+        <v>0.164</v>
       </c>
       <c r="I329" s="1">
-        <v>5.5</v>
+        <v>20</v>
       </c>
       <c r="J329" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="330" spans="1:10">
       <c r="B330" s="1" t="s">
-        <v>964</v>
+        <v>962</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>965</v>
+        <v>963</v>
       </c>
       <c r="D330" s="1"/>
       <c r="E330" s="1" t="s">
-        <v>948</v>
+        <v>940</v>
       </c>
       <c r="F330" s="1" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="G330" s="1">
-        <v>112</v>
+        <v>200</v>
       </c>
       <c r="H330" s="1">
-        <v>0.138</v>
+        <v>0.234</v>
       </c>
       <c r="I330" s="1">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J330" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="331" spans="1:10">
       <c r="B331" s="1" t="s">
-        <v>966</v>
+        <v>964</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>967</v>
+        <v>965</v>
       </c>
       <c r="D331" s="1"/>
       <c r="E331" s="1" t="s">
-        <v>948</v>
+        <v>940</v>
       </c>
       <c r="F331" s="1" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="G331" s="1">
-        <v>200</v>
+        <v>208</v>
       </c>
       <c r="H331" s="1">
-        <v>0.234</v>
+        <v>0.24</v>
       </c>
       <c r="I331" s="1">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="J331" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="332" spans="1:10">
       <c r="B332" s="1" t="s">
-        <v>968</v>
+        <v>966</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>969</v>
+        <v>967</v>
       </c>
       <c r="D332" s="1"/>
       <c r="E332" s="1" t="s">
-        <v>948</v>
+        <v>968</v>
       </c>
       <c r="F332" s="1" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="G332" s="1">
-        <v>136</v>
+        <v>40</v>
       </c>
       <c r="H332" s="1">
-        <v>0.164</v>
+        <v>0.072</v>
       </c>
       <c r="I332" s="1">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="J332" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="333" spans="1:10">
       <c r="B333" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="C333" s="1" t="s">
         <v>970</v>
       </c>
-      <c r="C333" s="1" t="s">
+      <c r="D333" s="1" t="s">
         <v>971</v>
       </c>
-      <c r="D333" s="1"/>
       <c r="E333" s="1" t="s">
-        <v>948</v>
+        <v>972</v>
       </c>
       <c r="F333" s="1" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="G333" s="1">
-        <v>200</v>
+        <v>288</v>
       </c>
       <c r="H333" s="1">
-        <v>0.234</v>
+        <v>0.302</v>
       </c>
       <c r="I333" s="1">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="J333" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="334" spans="1:10">
       <c r="B334" s="1" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>973</v>
-[...1 lines deleted...]
-      <c r="D334" s="1"/>
+        <v>974</v>
+      </c>
+      <c r="D334" s="1" t="s">
+        <v>975</v>
+      </c>
       <c r="E334" s="1" t="s">
-        <v>948</v>
+        <v>601</v>
       </c>
       <c r="F334" s="1" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="G334" s="1">
-        <v>208</v>
+        <v>229</v>
       </c>
       <c r="H334" s="1">
-        <v>0.24</v>
+        <v>0.266</v>
       </c>
       <c r="I334" s="1">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="J334" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="335" spans="1:10">
       <c r="B335" s="1" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>975</v>
-[...1 lines deleted...]
-      <c r="D335" s="1"/>
+        <v>977</v>
+      </c>
+      <c r="D335" s="1" t="s">
+        <v>978</v>
+      </c>
       <c r="E335" s="1" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="F335" s="1" t="s">
-        <v>94</v>
+        <v>639</v>
       </c>
       <c r="G335" s="1">
-        <v>40</v>
+        <v>128</v>
       </c>
       <c r="H335" s="1">
-        <v>0.072</v>
+        <v>0.11</v>
       </c>
       <c r="I335" s="1">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="J335" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="336" spans="1:10">
       <c r="B336" s="1" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>978</v>
-[...3 lines deleted...]
-      </c>
+        <v>981</v>
+      </c>
+      <c r="D336" s="1"/>
       <c r="E336" s="1" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="F336" s="1" t="s">
-        <v>94</v>
+        <v>688</v>
       </c>
       <c r="G336" s="1">
-        <v>288</v>
+        <v>336</v>
       </c>
       <c r="H336" s="1">
-        <v>0.302</v>
+        <v>0.14</v>
       </c>
       <c r="I336" s="1">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="J336" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="337" spans="1:10">
       <c r="B337" s="1" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>982</v>
-[...3 lines deleted...]
-      </c>
+        <v>984</v>
+      </c>
+      <c r="D337" s="1"/>
       <c r="E337" s="1" t="s">
-        <v>609</v>
+        <v>985</v>
       </c>
       <c r="F337" s="1" t="s">
-        <v>94</v>
+        <v>986</v>
       </c>
       <c r="G337" s="1">
-        <v>229</v>
+        <v>16</v>
       </c>
       <c r="H337" s="1">
-        <v>0.266</v>
+        <v>0.076</v>
       </c>
       <c r="I337" s="1">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="J337" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="338" spans="1:10">
       <c r="B338" s="1" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>985</v>
-[...3 lines deleted...]
-      </c>
+        <v>988</v>
+      </c>
+      <c r="D338" s="1"/>
       <c r="E338" s="1" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="F338" s="1" t="s">
-        <v>647</v>
+        <v>688</v>
       </c>
       <c r="G338" s="1">
-        <v>128</v>
+        <v>32</v>
       </c>
       <c r="H338" s="1">
-        <v>0.11</v>
+        <v>0.036</v>
       </c>
       <c r="I338" s="1">
-        <v>35</v>
+        <v>4</v>
       </c>
       <c r="J338" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="339" spans="1:10">
       <c r="B339" s="1" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="D339" s="1"/>
       <c r="E339" s="1" t="s">
-        <v>990</v>
+        <v>608</v>
       </c>
       <c r="F339" s="1" t="s">
-        <v>696</v>
+        <v>702</v>
       </c>
       <c r="G339" s="1">
-        <v>336</v>
+        <v>16</v>
       </c>
       <c r="H339" s="1">
-        <v>0.14</v>
+        <v>0.036</v>
       </c>
       <c r="I339" s="1">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="J339" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="340" spans="1:10">
       <c r="B340" s="1" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="D340" s="1"/>
       <c r="E340" s="1" t="s">
-        <v>993</v>
+        <v>608</v>
       </c>
       <c r="F340" s="1" t="s">
-        <v>994</v>
+        <v>821</v>
       </c>
       <c r="G340" s="1">
-        <v>16</v>
+        <v>133</v>
       </c>
       <c r="H340" s="1">
-        <v>0.076</v>
+        <v>0.188</v>
       </c>
       <c r="I340" s="1">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="J340" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="341" spans="1:10">
       <c r="B341" s="1" t="s">
+        <v>994</v>
+      </c>
+      <c r="C341" s="1" t="s">
         <v>995</v>
       </c>
-      <c r="C341" s="1" t="s">
+      <c r="D341" s="1" t="s">
         <v>996</v>
       </c>
-      <c r="D341" s="1"/>
       <c r="E341" s="1" t="s">
         <v>997</v>
       </c>
       <c r="F341" s="1" t="s">
-        <v>696</v>
+        <v>112</v>
       </c>
       <c r="G341" s="1">
-        <v>32</v>
+        <v>158</v>
       </c>
       <c r="H341" s="1">
-        <v>0.036</v>
+        <v>0.16</v>
       </c>
       <c r="I341" s="1">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="J341" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="342" spans="1:10">
       <c r="B342" s="1" t="s">
         <v>998</v>
       </c>
       <c r="C342" s="1" t="s">
         <v>999</v>
       </c>
       <c r="D342" s="1"/>
       <c r="E342" s="1" t="s">
-        <v>616</v>
+        <v>209</v>
       </c>
       <c r="F342" s="1" t="s">
-        <v>710</v>
+        <v>233</v>
       </c>
       <c r="G342" s="1">
-        <v>16</v>
+        <v>102</v>
       </c>
       <c r="H342" s="1">
-        <v>0.036</v>
+        <v>0.1</v>
       </c>
       <c r="I342" s="1">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="J342" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="343" spans="1:10">
       <c r="B343" s="1" t="s">
         <v>1000</v>
       </c>
       <c r="C343" s="1" t="s">
         <v>1001</v>
       </c>
-      <c r="D343" s="1"/>
+      <c r="D343" s="1" t="s">
+        <v>1002</v>
+      </c>
       <c r="E343" s="1" t="s">
-        <v>616</v>
+        <v>601</v>
       </c>
       <c r="F343" s="1" t="s">
-        <v>829</v>
+        <v>618</v>
       </c>
       <c r="G343" s="1">
-        <v>133</v>
+        <v>216</v>
       </c>
       <c r="H343" s="1">
-        <v>0.188</v>
+        <v>0.25</v>
       </c>
       <c r="I343" s="1">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="J343" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="344" spans="1:10">
       <c r="B344" s="1" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="E344" s="1" t="s">
-        <v>1005</v>
+        <v>601</v>
       </c>
       <c r="F344" s="1" t="s">
-        <v>120</v>
+        <v>618</v>
       </c>
       <c r="G344" s="1">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="H344" s="1">
-        <v>0.16</v>
+        <v>0.2</v>
       </c>
       <c r="I344" s="1">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="J344" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="345" spans="1:10">
       <c r="B345" s="1" t="s">
         <v>1006</v>
       </c>
       <c r="C345" s="1" t="s">
         <v>1007</v>
       </c>
       <c r="D345" s="1"/>
       <c r="E345" s="1" t="s">
-        <v>217</v>
+        <v>854</v>
       </c>
       <c r="F345" s="1" t="s">
-        <v>241</v>
+        <v>1008</v>
       </c>
       <c r="G345" s="1">
-        <v>102</v>
+        <v>64</v>
       </c>
       <c r="H345" s="1">
-        <v>0.1</v>
+        <v>0.064</v>
       </c>
       <c r="I345" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="J345" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="346" spans="1:10">
       <c r="B346" s="1" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="E346" s="1" t="s">
-        <v>609</v>
+        <v>854</v>
       </c>
       <c r="F346" s="1" t="s">
-        <v>626</v>
+        <v>592</v>
       </c>
       <c r="G346" s="1">
-        <v>216</v>
+        <v>72</v>
       </c>
       <c r="H346" s="1">
-        <v>0.25</v>
+        <v>0.064</v>
       </c>
       <c r="I346" s="1">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="J346" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="347" spans="1:10">
       <c r="B347" s="1" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="E347" s="1" t="s">
-        <v>609</v>
+        <v>571</v>
       </c>
       <c r="F347" s="1" t="s">
-        <v>626</v>
+        <v>808</v>
       </c>
       <c r="G347" s="1">
-        <v>160</v>
+        <v>896</v>
       </c>
       <c r="H347" s="1">
-        <v>0.2</v>
+        <v>0.386</v>
       </c>
       <c r="I347" s="1">
-        <v>47</v>
+        <v>32.4</v>
       </c>
       <c r="J347" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="348" spans="1:10">
       <c r="B348" s="1" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="D348" s="1"/>
       <c r="E348" s="1" t="s">
-        <v>862</v>
+        <v>209</v>
       </c>
       <c r="F348" s="1" t="s">
-        <v>1016</v>
+        <v>233</v>
       </c>
       <c r="G348" s="1">
-        <v>64</v>
+        <v>166</v>
       </c>
       <c r="H348" s="1">
-        <v>0.064</v>
+        <v>0.152</v>
       </c>
       <c r="I348" s="1">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="J348" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="349" spans="1:10">
       <c r="B349" s="1" t="s">
         <v>1017</v>
       </c>
       <c r="C349" s="1" t="s">
         <v>1018</v>
       </c>
-      <c r="D349" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D349" s="1"/>
       <c r="E349" s="1" t="s">
-        <v>862</v>
+        <v>612</v>
       </c>
       <c r="F349" s="1" t="s">
-        <v>600</v>
+        <v>688</v>
       </c>
       <c r="G349" s="1">
-        <v>72</v>
+        <v>116</v>
       </c>
       <c r="H349" s="1">
-        <v>0.064</v>
+        <v>0.088</v>
       </c>
       <c r="I349" s="1">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="J349" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="350" spans="1:10">
       <c r="B350" s="1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C350" s="1" t="s">
         <v>1020</v>
       </c>
-      <c r="C350" s="1" t="s">
+      <c r="D350" s="1"/>
+      <c r="E350" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="F350" s="1" t="s">
         <v>1021</v>
       </c>
-      <c r="D350" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G350" s="1">
-        <v>896</v>
+        <v>94</v>
       </c>
       <c r="H350" s="1">
-        <v>0.386</v>
+        <v>0.078</v>
       </c>
       <c r="I350" s="1">
-        <v>32.4</v>
+        <v>12</v>
       </c>
       <c r="J350" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="351" spans="1:10">
       <c r="B351" s="1" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C351" s="1" t="s">
         <v>1023</v>
       </c>
-      <c r="C351" s="1" t="s">
+      <c r="D351" s="1" t="s">
         <v>1024</v>
       </c>
-      <c r="D351" s="1"/>
       <c r="E351" s="1" t="s">
-        <v>217</v>
+        <v>209</v>
       </c>
       <c r="F351" s="1" t="s">
-        <v>241</v>
+        <v>1021</v>
       </c>
       <c r="G351" s="1">
-        <v>166</v>
+        <v>100</v>
       </c>
       <c r="H351" s="1">
-        <v>0.152</v>
+        <v>0.08</v>
       </c>
       <c r="I351" s="1">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="J351" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="352" spans="1:10">
       <c r="B352" s="1" t="s">
         <v>1025</v>
       </c>
       <c r="C352" s="1" t="s">
         <v>1026</v>
       </c>
       <c r="D352" s="1"/>
       <c r="E352" s="1" t="s">
-        <v>620</v>
+        <v>1027</v>
       </c>
       <c r="F352" s="1" t="s">
-        <v>696</v>
+        <v>821</v>
       </c>
       <c r="G352" s="1">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="H352" s="1">
-        <v>0.088</v>
+        <v>0.118</v>
       </c>
       <c r="I352" s="1">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="J352" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="353" spans="1:10">
       <c r="B353" s="1" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1028</v>
-[...1 lines deleted...]
-      <c r="D353" s="1"/>
+        <v>1029</v>
+      </c>
+      <c r="D353" s="1" t="s">
+        <v>1030</v>
+      </c>
       <c r="E353" s="1" t="s">
-        <v>217</v>
+        <v>1031</v>
       </c>
       <c r="F353" s="1" t="s">
-        <v>1029</v>
+        <v>618</v>
       </c>
       <c r="G353" s="1">
-        <v>94</v>
+        <v>270</v>
       </c>
       <c r="H353" s="1">
-        <v>0.078</v>
+        <v>0.306</v>
       </c>
       <c r="I353" s="1">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="J353" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="354" spans="1:10">
       <c r="B354" s="1" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1031</v>
-[...3 lines deleted...]
-      </c>
+        <v>1033</v>
+      </c>
+      <c r="D354" s="1"/>
       <c r="E354" s="1" t="s">
-        <v>217</v>
+        <v>807</v>
       </c>
       <c r="F354" s="1" t="s">
-        <v>1029</v>
+        <v>233</v>
       </c>
       <c r="G354" s="1">
-        <v>100</v>
+        <v>32</v>
       </c>
       <c r="H354" s="1">
-        <v>0.08</v>
+        <v>0.05</v>
       </c>
       <c r="I354" s="1">
-        <v>12</v>
+        <v>8.6</v>
       </c>
       <c r="J354" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="355" spans="1:10">
       <c r="B355" s="1" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1034</v>
-[...1 lines deleted...]
-      <c r="D355" s="1"/>
+        <v>1035</v>
+      </c>
+      <c r="D355" s="1" t="s">
+        <v>1036</v>
+      </c>
       <c r="E355" s="1" t="s">
-        <v>1035</v>
+        <v>807</v>
       </c>
       <c r="F355" s="1" t="s">
-        <v>829</v>
+        <v>618</v>
       </c>
       <c r="G355" s="1">
-        <v>112</v>
+        <v>154</v>
       </c>
       <c r="H355" s="1">
-        <v>0.118</v>
+        <v>0.196</v>
       </c>
       <c r="I355" s="1">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="J355" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="356" spans="1:10">
       <c r="B356" s="1" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1037</v>
-[...1 lines deleted...]
-      <c r="D356" s="1" t="s">
         <v>1038</v>
       </c>
+      <c r="D356" s="1"/>
       <c r="E356" s="1" t="s">
-        <v>1039</v>
+        <v>807</v>
       </c>
       <c r="F356" s="1" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="G356" s="1">
-        <v>270</v>
+        <v>158</v>
       </c>
       <c r="H356" s="1">
-        <v>0.306</v>
+        <v>0.2</v>
       </c>
       <c r="I356" s="1">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="J356" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="357" spans="1:10">
       <c r="B357" s="1" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C357" s="1" t="s">
         <v>1040</v>
       </c>
-      <c r="C357" s="1" t="s">
+      <c r="D357" s="1" t="s">
         <v>1041</v>
       </c>
-      <c r="D357" s="1"/>
       <c r="E357" s="1" t="s">
-        <v>815</v>
+        <v>1042</v>
       </c>
       <c r="F357" s="1" t="s">
-        <v>241</v>
+        <v>618</v>
       </c>
       <c r="G357" s="1">
-        <v>32</v>
+        <v>128</v>
       </c>
       <c r="H357" s="1">
-        <v>0.05</v>
+        <v>0.152</v>
       </c>
       <c r="I357" s="1">
-        <v>8.6</v>
+        <v>29</v>
       </c>
       <c r="J357" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="358" spans="1:10">
       <c r="B358" s="1" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="E358" s="1" t="s">
-        <v>815</v>
+        <v>829</v>
       </c>
       <c r="F358" s="1" t="s">
-        <v>626</v>
+        <v>833</v>
       </c>
       <c r="G358" s="1">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="H358" s="1">
-        <v>0.196</v>
+        <v>0.14</v>
       </c>
       <c r="I358" s="1">
-        <v>28</v>
+        <v>12.5</v>
       </c>
       <c r="J358" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="359" spans="1:10">
       <c r="B359" s="1" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="D359" s="1"/>
       <c r="E359" s="1" t="s">
-        <v>815</v>
+        <v>829</v>
       </c>
       <c r="F359" s="1" t="s">
-        <v>626</v>
+        <v>1048</v>
       </c>
       <c r="G359" s="1">
-        <v>158</v>
+        <v>64</v>
       </c>
       <c r="H359" s="1">
-        <v>0.2</v>
+        <v>0.05</v>
       </c>
       <c r="I359" s="1">
-        <v>23</v>
+        <v>10.5</v>
       </c>
       <c r="J359" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="360" spans="1:10">
       <c r="B360" s="1" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="C360" s="1" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D360" s="1"/>
+      <c r="E360" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="F360" s="1" t="s">
         <v>1048</v>
       </c>
-      <c r="D360" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G360" s="1">
-        <v>128</v>
+        <v>62</v>
       </c>
       <c r="H360" s="1">
-        <v>0.152</v>
+        <v>0.044</v>
       </c>
       <c r="I360" s="1">
-        <v>29</v>
+        <v>10.5</v>
       </c>
       <c r="J360" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="361" spans="1:10">
       <c r="B361" s="1" t="s">
         <v>1051</v>
       </c>
       <c r="C361" s="1" t="s">
         <v>1052</v>
       </c>
       <c r="D361" s="1" t="s">
         <v>1053</v>
       </c>
-      <c r="E361" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E361" s="1"/>
       <c r="F361" s="1" t="s">
-        <v>841</v>
+        <v>1054</v>
       </c>
       <c r="G361" s="1">
-        <v>160</v>
+        <v>304</v>
       </c>
       <c r="H361" s="1">
-        <v>0.14</v>
+        <v>0.334</v>
       </c>
       <c r="I361" s="1">
-        <v>12.5</v>
+        <v>73</v>
       </c>
       <c r="J361" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="362" spans="1:10">
       <c r="B362" s="1" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1055</v>
-[...4 lines deleted...]
-      </c>
+        <v>1056</v>
+      </c>
+      <c r="D362" s="1" t="s">
+        <v>1057</v>
+      </c>
+      <c r="E362" s="1"/>
       <c r="F362" s="1" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="G362" s="1">
-        <v>64</v>
+        <v>350</v>
       </c>
       <c r="H362" s="1">
-        <v>0.05</v>
+        <v>0.092</v>
       </c>
       <c r="I362" s="1">
-        <v>10.5</v>
+        <v>36.6</v>
       </c>
       <c r="J362" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="363" spans="1:10">
       <c r="B363" s="1" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="D363" s="1"/>
-      <c r="E363" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E363" s="1"/>
       <c r="F363" s="1" t="s">
-        <v>1056</v>
+        <v>1054</v>
       </c>
       <c r="G363" s="1">
-        <v>62</v>
+        <v>176</v>
       </c>
       <c r="H363" s="1">
-        <v>0.044</v>
+        <v>0.222</v>
       </c>
       <c r="I363" s="1">
-        <v>10.5</v>
+        <v>56.2</v>
       </c>
       <c r="J363" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="364" spans="1:10">
       <c r="B364" s="1" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="E364" s="1"/>
       <c r="F364" s="1" t="s">
-        <v>1062</v>
+        <v>1054</v>
       </c>
       <c r="G364" s="1">
-        <v>304</v>
+        <v>112</v>
       </c>
       <c r="H364" s="1">
-        <v>0.334</v>
+        <v>0.16</v>
       </c>
       <c r="I364" s="1">
-        <v>73</v>
+        <v>56.2</v>
       </c>
       <c r="J364" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="365" spans="1:10">
       <c r="B365" s="1" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="E365" s="1"/>
       <c r="F365" s="1" t="s">
-        <v>1066</v>
+        <v>1054</v>
       </c>
       <c r="G365" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
       <c r="H365" s="1">
-        <v>0.092</v>
+        <v>0.388</v>
       </c>
       <c r="I365" s="1">
-        <v>36.6</v>
+        <v>73</v>
       </c>
       <c r="J365" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="366" spans="1:10">
       <c r="B366" s="1" t="s">
         <v>1067</v>
       </c>
       <c r="C366" s="1" t="s">
         <v>1068</v>
       </c>
       <c r="D366" s="1"/>
-      <c r="E366" s="1"/>
+      <c r="E366" s="1" t="s">
+        <v>209</v>
+      </c>
       <c r="F366" s="1" t="s">
-        <v>1062</v>
+        <v>1021</v>
       </c>
       <c r="G366" s="1">
-        <v>176</v>
+        <v>84</v>
       </c>
       <c r="H366" s="1">
-        <v>0.222</v>
+        <v>0.07</v>
       </c>
       <c r="I366" s="1">
-        <v>56.2</v>
+        <v>10.5</v>
       </c>
       <c r="J366" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="367" spans="1:10">
       <c r="B367" s="1" t="s">
         <v>1069</v>
       </c>
       <c r="C367" s="1" t="s">
         <v>1070</v>
       </c>
-      <c r="D367" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E367" s="1"/>
+      <c r="D367" s="1"/>
+      <c r="E367" s="1" t="s">
+        <v>209</v>
+      </c>
       <c r="F367" s="1" t="s">
-        <v>1062</v>
+        <v>233</v>
       </c>
       <c r="G367" s="1">
-        <v>112</v>
+        <v>144</v>
       </c>
       <c r="H367" s="1">
-        <v>0.16</v>
+        <v>0.128</v>
       </c>
       <c r="I367" s="1">
-        <v>56.2</v>
+        <v>17</v>
       </c>
       <c r="J367" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="368" spans="1:10">
       <c r="B368" s="1" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C368" s="1" t="s">
         <v>1072</v>
       </c>
-      <c r="C368" s="1" t="s">
+      <c r="D368" s="1"/>
+      <c r="E368" s="1" t="s">
         <v>1073</v>
       </c>
-      <c r="D368" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E368" s="1"/>
       <c r="F368" s="1" t="s">
-        <v>1062</v>
+        <v>688</v>
       </c>
       <c r="G368" s="1">
-        <v>320</v>
+        <v>136</v>
       </c>
       <c r="H368" s="1">
-        <v>0.388</v>
+        <v>0.098</v>
       </c>
       <c r="I368" s="1">
-        <v>73</v>
+        <v>14</v>
       </c>
       <c r="J368" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="369" spans="1:10">
       <c r="B369" s="1" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C369" s="1" t="s">
         <v>1075</v>
-      </c>
-[...1 lines deleted...]
-        <v>1076</v>
       </c>
       <c r="D369" s="1"/>
       <c r="E369" s="1" t="s">
-        <v>217</v>
+        <v>1076</v>
       </c>
       <c r="F369" s="1" t="s">
-        <v>1029</v>
+        <v>1077</v>
       </c>
       <c r="G369" s="1">
-        <v>84</v>
+        <v>656</v>
       </c>
       <c r="H369" s="1">
-        <v>0.07</v>
+        <v>0.716</v>
       </c>
       <c r="I369" s="1">
-        <v>10.5</v>
+        <v>45</v>
       </c>
       <c r="J369" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="370" spans="1:10">
       <c r="B370" s="1" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="D370" s="1"/>
       <c r="E370" s="1" t="s">
-        <v>217</v>
+        <v>1080</v>
       </c>
       <c r="F370" s="1" t="s">
-        <v>241</v>
+        <v>1081</v>
       </c>
       <c r="G370" s="1">
-        <v>144</v>
+        <v>1920</v>
       </c>
       <c r="H370" s="1">
-        <v>0.128</v>
+        <v>1.22</v>
       </c>
       <c r="I370" s="1">
-        <v>17</v>
+        <v>290</v>
       </c>
       <c r="J370" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="371" spans="1:10">
       <c r="B371" s="1" t="s">
-        <v>1079</v>
+        <v>1082</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="D371" s="1"/>
       <c r="E371" s="1" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="F371" s="1" t="s">
-        <v>696</v>
+        <v>1085</v>
       </c>
       <c r="G371" s="1">
-        <v>136</v>
+        <v>514</v>
       </c>
       <c r="H371" s="1">
-        <v>0.098</v>
+        <v>0.86</v>
       </c>
       <c r="I371" s="1">
-        <v>14</v>
+        <v>58</v>
       </c>
       <c r="J371" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="372" spans="1:10">
       <c r="B372" s="1" t="s">
-        <v>1082</v>
+        <v>1086</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1083</v>
+        <v>1087</v>
       </c>
       <c r="D372" s="1"/>
       <c r="E372" s="1" t="s">
-        <v>1084</v>
+        <v>1088</v>
       </c>
       <c r="F372" s="1" t="s">
-        <v>1085</v>
+        <v>684</v>
       </c>
       <c r="G372" s="1">
-        <v>656</v>
+        <v>1750</v>
       </c>
       <c r="H372" s="1">
-        <v>0.716</v>
+        <v>0.46</v>
       </c>
       <c r="I372" s="1">
-        <v>45</v>
+        <v>112</v>
       </c>
       <c r="J372" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="373" spans="1:10">
       <c r="B373" s="1" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
       <c r="D373" s="1"/>
       <c r="E373" s="1" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
       <c r="F373" s="1" t="s">
-        <v>1089</v>
+        <v>664</v>
       </c>
       <c r="G373" s="1">
-        <v>1920</v>
+        <v>366</v>
       </c>
       <c r="H373" s="1">
-        <v>1.22</v>
+        <v>0.44</v>
       </c>
       <c r="I373" s="1">
-        <v>290</v>
+        <v>31</v>
       </c>
       <c r="J373" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="374" spans="1:10">
       <c r="B374" s="1" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="D374" s="1"/>
       <c r="E374" s="1" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="F374" s="1" t="s">
-        <v>1093</v>
+        <v>233</v>
       </c>
       <c r="G374" s="1">
-        <v>514</v>
+        <v>48</v>
       </c>
       <c r="H374" s="1">
-        <v>0.86</v>
+        <v>0.04</v>
       </c>
       <c r="I374" s="1">
-        <v>58</v>
+        <v>9</v>
       </c>
       <c r="J374" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="375" spans="1:10">
       <c r="B375" s="1" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="D375" s="1"/>
       <c r="E375" s="1" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="F375" s="1" t="s">
-        <v>692</v>
+        <v>210</v>
       </c>
       <c r="G375" s="1">
-        <v>1750</v>
+        <v>127</v>
       </c>
       <c r="H375" s="1">
-        <v>0.46</v>
+        <v>0.24</v>
       </c>
       <c r="I375" s="1">
-        <v>112</v>
+        <v>20</v>
       </c>
       <c r="J375" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="376" spans="1:10">
       <c r="B376" s="1" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="D376" s="1"/>
       <c r="E376" s="1" t="s">
-        <v>1099</v>
+        <v>612</v>
       </c>
       <c r="F376" s="1" t="s">
-        <v>672</v>
+        <v>1100</v>
       </c>
       <c r="G376" s="1">
-        <v>366</v>
+        <v>28</v>
       </c>
       <c r="H376" s="1">
-        <v>0.44</v>
+        <v>0.02</v>
       </c>
       <c r="I376" s="1">
-        <v>31</v>
+        <v>3</v>
       </c>
       <c r="J376" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="377" spans="1:10">
       <c r="B377" s="1" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="D377" s="1"/>
       <c r="E377" s="1" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="F377" s="1" t="s">
-        <v>241</v>
+        <v>1104</v>
       </c>
       <c r="G377" s="1">
-        <v>48</v>
+        <v>152</v>
       </c>
       <c r="H377" s="1">
-        <v>0.04</v>
+        <v>0.18</v>
       </c>
       <c r="I377" s="1">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="J377" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="378" spans="1:10">
       <c r="B378" s="1" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="D378" s="1"/>
       <c r="E378" s="1" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="F378" s="1" t="s">
-        <v>218</v>
+        <v>132</v>
       </c>
       <c r="G378" s="1">
-        <v>127</v>
+        <v>32</v>
       </c>
       <c r="H378" s="1">
-        <v>0.24</v>
+        <v>0.12</v>
       </c>
       <c r="I378" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="J378" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="379" spans="1:10">
       <c r="B379" s="1" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="D379" s="1"/>
       <c r="E379" s="1" t="s">
-        <v>620</v>
+        <v>1110</v>
       </c>
       <c r="F379" s="1" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="G379" s="1">
-        <v>28</v>
+        <v>128</v>
       </c>
       <c r="H379" s="1">
-        <v>0.02</v>
+        <v>0.11</v>
       </c>
       <c r="I379" s="1">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="J379" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="380" spans="1:10">
       <c r="B380" s="1" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="D380" s="1"/>
       <c r="E380" s="1" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
       <c r="F380" s="1" t="s">
-        <v>1112</v>
+        <v>1058</v>
       </c>
       <c r="G380" s="1">
-        <v>152</v>
+        <v>120</v>
       </c>
       <c r="H380" s="1">
-        <v>0.18</v>
+        <v>0.98</v>
       </c>
       <c r="I380" s="1">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="J380" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="381" spans="1:10">
       <c r="B381" s="1" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="D381" s="1"/>
-      <c r="E381" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E381" s="1"/>
       <c r="F381" s="1" t="s">
-        <v>140</v>
+        <v>1117</v>
       </c>
       <c r="G381" s="1">
-        <v>32</v>
+        <v>128</v>
       </c>
       <c r="H381" s="1">
         <v>0.12</v>
       </c>
       <c r="I381" s="1">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="J381" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="382" spans="1:10">
       <c r="B382" s="1" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1117</v>
-[...1 lines deleted...]
-      <c r="D382" s="1"/>
+        <v>1119</v>
+      </c>
+      <c r="D382" s="1" t="s">
+        <v>649</v>
+      </c>
       <c r="E382" s="1" t="s">
-        <v>1118</v>
+        <v>608</v>
       </c>
       <c r="F382" s="1" t="s">
-        <v>1119</v>
+        <v>650</v>
       </c>
       <c r="G382" s="1">
-        <v>128</v>
+        <v>8</v>
       </c>
       <c r="H382" s="1">
-        <v>0.11</v>
+        <v>0.005</v>
       </c>
       <c r="I382" s="1">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="J382" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="383" spans="1:10">
       <c r="B383" s="1" t="s">
         <v>1120</v>
       </c>
       <c r="C383" s="1" t="s">
         <v>1121</v>
       </c>
       <c r="D383" s="1"/>
       <c r="E383" s="1" t="s">
         <v>1122</v>
       </c>
       <c r="F383" s="1" t="s">
-        <v>1066</v>
+        <v>132</v>
       </c>
       <c r="G383" s="1">
-        <v>120</v>
+        <v>32</v>
       </c>
       <c r="H383" s="1">
-        <v>0.98</v>
+        <v>0.14</v>
       </c>
       <c r="I383" s="1">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="J383" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="384" spans="1:10">
       <c r="B384" s="1" t="s">
         <v>1123</v>
       </c>
       <c r="C384" s="1" t="s">
         <v>1124</v>
       </c>
       <c r="D384" s="1"/>
-      <c r="E384" s="1"/>
+      <c r="E384" s="1" t="s">
+        <v>1125</v>
+      </c>
       <c r="F384" s="1" t="s">
-        <v>1125</v>
+        <v>583</v>
       </c>
       <c r="G384" s="1">
-        <v>128</v>
+        <v>72</v>
       </c>
       <c r="H384" s="1">
         <v>0.12</v>
       </c>
       <c r="I384" s="1">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="J384" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="385" spans="1:10">
       <c r="B385" s="1" t="s">
         <v>1126</v>
       </c>
       <c r="C385" s="1" t="s">
         <v>1127</v>
       </c>
-      <c r="D385" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D385" s="1"/>
       <c r="E385" s="1" t="s">
-        <v>616</v>
+        <v>1128</v>
       </c>
       <c r="F385" s="1" t="s">
-        <v>658</v>
+        <v>1129</v>
       </c>
       <c r="G385" s="1">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="H385" s="1">
-        <v>0.005</v>
+        <v>0.1</v>
       </c>
       <c r="I385" s="1">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="J385" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="386" spans="1:10">
       <c r="B386" s="1" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1129</v>
-[...1 lines deleted...]
-      <c r="D386" s="1"/>
+        <v>1131</v>
+      </c>
+      <c r="D386" s="1" t="s">
+        <v>1132</v>
+      </c>
       <c r="E386" s="1" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
       <c r="F386" s="1" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>1134</v>
+      </c>
+      <c r="G386" s="1" t="s">
+        <v>1135</v>
       </c>
       <c r="H386" s="1">
-        <v>0.14</v>
+        <v>0.3</v>
       </c>
       <c r="I386" s="1">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="J386" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="387" spans="1:10">
       <c r="B387" s="1" t="s">
-        <v>1131</v>
+        <v>1136</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1132</v>
+        <v>1137</v>
       </c>
       <c r="D387" s="1"/>
       <c r="E387" s="1" t="s">
-        <v>1133</v>
+        <v>1138</v>
       </c>
       <c r="F387" s="1" t="s">
-        <v>591</v>
+        <v>233</v>
       </c>
       <c r="G387" s="1">
-        <v>72</v>
+        <v>106</v>
       </c>
       <c r="H387" s="1">
-        <v>0.12</v>
+        <v>0.2</v>
       </c>
       <c r="I387" s="1">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="J387" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="388" spans="1:10">
       <c r="B388" s="1" t="s">
-        <v>1134</v>
+        <v>1139</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1135</v>
+        <v>1140</v>
       </c>
       <c r="D388" s="1"/>
       <c r="E388" s="1" t="s">
-        <v>1136</v>
+        <v>1141</v>
       </c>
       <c r="F388" s="1" t="s">
-        <v>1137</v>
+        <v>618</v>
       </c>
       <c r="G388" s="1">
-        <v>61</v>
+        <v>96</v>
       </c>
       <c r="H388" s="1">
-        <v>0.1</v>
+        <v>0.117</v>
       </c>
       <c r="I388" s="1">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="J388" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="389" spans="1:10">
       <c r="B389" s="1" t="s">
-        <v>1138</v>
+        <v>1142</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>1140</v>
+        <v>1132</v>
       </c>
       <c r="E389" s="1" t="s">
-        <v>1141</v>
+        <v>1144</v>
       </c>
       <c r="F389" s="1" t="s">
-        <v>1142</v>
-[...2 lines deleted...]
-        <v>1143</v>
+        <v>1145</v>
+      </c>
+      <c r="G389" s="1">
+        <v>135</v>
       </c>
       <c r="H389" s="1">
-        <v>0.3</v>
+        <v>0.34</v>
       </c>
       <c r="I389" s="1">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="J389" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="390" spans="1:10">
       <c r="B390" s="1" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="D390" s="1"/>
       <c r="E390" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="F390" s="1" t="s">
-        <v>241</v>
+        <v>1149</v>
       </c>
       <c r="G390" s="1">
-        <v>106</v>
+        <v>190</v>
       </c>
       <c r="H390" s="1">
         <v>0.2</v>
       </c>
       <c r="I390" s="1">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="J390" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="391" spans="1:10">
       <c r="B391" s="1" t="s">
-        <v>1147</v>
+        <v>1150</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1148</v>
+        <v>1151</v>
       </c>
       <c r="D391" s="1"/>
       <c r="E391" s="1" t="s">
-        <v>1149</v>
+        <v>1152</v>
       </c>
       <c r="F391" s="1" t="s">
-        <v>626</v>
+        <v>491</v>
       </c>
       <c r="G391" s="1">
-        <v>96</v>
+        <v>32</v>
       </c>
       <c r="H391" s="1">
-        <v>0.117</v>
+        <v>0.01</v>
       </c>
       <c r="I391" s="1">
-        <v>25</v>
+        <v>6</v>
       </c>
       <c r="J391" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="392" spans="1:10">
       <c r="B392" s="1" t="s">
-        <v>1150</v>
+        <v>1153</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1151</v>
-[...3 lines deleted...]
-      </c>
+        <v>1154</v>
+      </c>
+      <c r="D392" s="1"/>
       <c r="E392" s="1" t="s">
-        <v>1152</v>
+        <v>1133</v>
       </c>
       <c r="F392" s="1" t="s">
-        <v>1153</v>
+        <v>491</v>
       </c>
       <c r="G392" s="1">
-        <v>135</v>
+        <v>32</v>
       </c>
       <c r="H392" s="1">
-        <v>0.34</v>
+        <v>0.02</v>
       </c>
       <c r="I392" s="1">
-        <v>28</v>
+        <v>6</v>
       </c>
       <c r="J392" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="393" spans="1:10">
       <c r="B393" s="1" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="D393" s="1"/>
       <c r="E393" s="1" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="F393" s="1" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="G393" s="1">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="H393" s="1">
-        <v>0.2</v>
+        <v>0.16</v>
       </c>
       <c r="I393" s="1">
-        <v>23</v>
+        <v>14.5</v>
       </c>
       <c r="J393" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="394" spans="1:10">
       <c r="B394" s="1" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="D394" s="1"/>
       <c r="E394" s="1" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="F394" s="1" t="s">
-        <v>499</v>
+        <v>1162</v>
       </c>
       <c r="G394" s="1">
-        <v>32</v>
+        <v>520</v>
       </c>
       <c r="H394" s="1">
-        <v>0.01</v>
+        <v>0.06</v>
       </c>
       <c r="I394" s="1">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="J394" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="395" spans="1:10">
       <c r="B395" s="1" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="D395" s="1"/>
       <c r="E395" s="1" t="s">
-        <v>1141</v>
+        <v>1165</v>
       </c>
       <c r="F395" s="1" t="s">
-        <v>499</v>
+        <v>881</v>
       </c>
       <c r="G395" s="1">
-        <v>32</v>
+        <v>256</v>
       </c>
       <c r="H395" s="1">
-        <v>0.02</v>
+        <v>0.38</v>
       </c>
       <c r="I395" s="1">
-        <v>6</v>
+        <v>42</v>
       </c>
       <c r="J395" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="396" spans="1:10">
       <c r="B396" s="1" t="s">
-        <v>1163</v>
+        <v>1166</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1164</v>
+        <v>1167</v>
       </c>
       <c r="D396" s="1"/>
       <c r="E396" s="1" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
       <c r="F396" s="1" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="G396" s="1">
-        <v>192</v>
+        <v>32</v>
       </c>
       <c r="H396" s="1">
-        <v>0.16</v>
+        <v>0.11</v>
       </c>
       <c r="I396" s="1">
-        <v>14.5</v>
+        <v>25</v>
       </c>
       <c r="J396" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="397" spans="1:10">
       <c r="B397" s="1" t="s">
-        <v>1167</v>
+        <v>1170</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1168</v>
+        <v>1171</v>
       </c>
       <c r="D397" s="1"/>
       <c r="E397" s="1" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
       <c r="F397" s="1" t="s">
-        <v>1170</v>
+        <v>618</v>
       </c>
       <c r="G397" s="1">
-        <v>520</v>
+        <v>192</v>
       </c>
       <c r="H397" s="1">
-        <v>0.06</v>
+        <v>0.21</v>
       </c>
       <c r="I397" s="1">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="J397" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="398" spans="1:10">
       <c r="B398" s="1" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="D398" s="1"/>
       <c r="E398" s="1" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="F398" s="1" t="s">
-        <v>889</v>
+        <v>233</v>
       </c>
       <c r="G398" s="1">
-        <v>256</v>
+        <v>200</v>
       </c>
       <c r="H398" s="1">
-        <v>0.38</v>
+        <v>0.16</v>
       </c>
       <c r="I398" s="1">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="J398" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="399" spans="1:10">
       <c r="B399" s="1" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="D399" s="1"/>
       <c r="E399" s="1" t="s">
-        <v>1176</v>
+        <v>217</v>
       </c>
       <c r="F399" s="1" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="G399" s="1">
-        <v>32</v>
+        <v>336</v>
       </c>
       <c r="H399" s="1">
-        <v>0.11</v>
+        <v>0.38</v>
       </c>
       <c r="I399" s="1">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="J399" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="400" spans="1:10">
       <c r="B400" s="1" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="D400" s="1"/>
       <c r="E400" s="1" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="F400" s="1" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="G400" s="1">
-        <v>192</v>
+        <v>160</v>
       </c>
       <c r="H400" s="1">
-        <v>0.21</v>
+        <v>0.18</v>
       </c>
       <c r="I400" s="1">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="J400" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="401" spans="1:10">
       <c r="B401" s="1" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="D401" s="1"/>
       <c r="E401" s="1" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="F401" s="1" t="s">
-        <v>241</v>
+        <v>132</v>
       </c>
       <c r="G401" s="1">
-        <v>200</v>
+        <v>32</v>
       </c>
       <c r="H401" s="1">
-        <v>0.16</v>
+        <v>0.14</v>
       </c>
       <c r="I401" s="1">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="J401" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="402" spans="1:10">
       <c r="B402" s="1" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="D402" s="1"/>
       <c r="E402" s="1" t="s">
-        <v>225</v>
+        <v>1187</v>
       </c>
       <c r="F402" s="1" t="s">
-        <v>1186</v>
+        <v>618</v>
       </c>
       <c r="G402" s="1">
-        <v>336</v>
+        <v>112</v>
       </c>
       <c r="H402" s="1">
-        <v>0.38</v>
+        <v>0.11</v>
       </c>
       <c r="I402" s="1">
-        <v>39</v>
+        <v>16</v>
       </c>
       <c r="J402" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="403" spans="1:10">
       <c r="B403" s="1" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="D403" s="1"/>
       <c r="E403" s="1" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="F403" s="1" t="s">
-        <v>626</v>
+        <v>655</v>
       </c>
       <c r="G403" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
       <c r="H403" s="1">
-        <v>0.18</v>
+        <v>0.12</v>
       </c>
       <c r="I403" s="1">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="J403" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="404" spans="1:10">
       <c r="B404" s="1" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="D404" s="1"/>
       <c r="E404" s="1" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="F404" s="1" t="s">
-        <v>140</v>
+        <v>1194</v>
       </c>
       <c r="G404" s="1">
         <v>32</v>
       </c>
       <c r="H404" s="1">
         <v>0.14</v>
       </c>
       <c r="I404" s="1">
         <v>25</v>
       </c>
       <c r="J404" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="405" spans="1:10">
       <c r="B405" s="1" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="D405" s="1"/>
       <c r="E405" s="1" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="F405" s="1" t="s">
-        <v>626</v>
+        <v>1198</v>
       </c>
       <c r="G405" s="1">
-        <v>112</v>
+        <v>208</v>
       </c>
       <c r="H405" s="1">
-        <v>0.11</v>
+        <v>0.28</v>
       </c>
       <c r="I405" s="1">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="J405" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="406" spans="1:10">
       <c r="B406" s="1" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1197</v>
+        <v>1200</v>
       </c>
       <c r="D406" s="1"/>
       <c r="E406" s="1" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
       <c r="F406" s="1" t="s">
-        <v>663</v>
+        <v>1202</v>
       </c>
       <c r="G406" s="1">
-        <v>145</v>
+        <v>359</v>
       </c>
       <c r="H406" s="1">
-        <v>0.12</v>
+        <v>0.54</v>
       </c>
       <c r="I406" s="1">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="J406" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="407" spans="1:10">
       <c r="B407" s="1" t="s">
-        <v>1199</v>
+        <v>1203</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1200</v>
+        <v>1204</v>
       </c>
       <c r="D407" s="1"/>
       <c r="E407" s="1" t="s">
-        <v>1201</v>
+        <v>236</v>
       </c>
       <c r="F407" s="1" t="s">
-        <v>1202</v>
+        <v>233</v>
       </c>
       <c r="G407" s="1">
-        <v>32</v>
+        <v>204</v>
       </c>
       <c r="H407" s="1">
-        <v>0.14</v>
+        <v>0.18</v>
       </c>
       <c r="I407" s="1">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="J407" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="408" spans="1:10">
       <c r="B408" s="1" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="D408" s="1"/>
       <c r="E408" s="1" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="F408" s="1" t="s">
-        <v>1206</v>
+        <v>491</v>
       </c>
       <c r="G408" s="1">
-        <v>208</v>
+        <v>38</v>
       </c>
       <c r="H408" s="1">
-        <v>0.28</v>
+        <v>0.08</v>
       </c>
       <c r="I408" s="1">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="J408" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="409" spans="1:10">
       <c r="B409" s="1" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="D409" s="1"/>
       <c r="E409" s="1" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="F409" s="1" t="s">
-        <v>1210</v>
+        <v>491</v>
       </c>
       <c r="G409" s="1">
-        <v>359</v>
+        <v>38</v>
       </c>
       <c r="H409" s="1">
-        <v>0.54</v>
+        <v>0.08</v>
       </c>
       <c r="I409" s="1">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J409" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="410" spans="1:10">
       <c r="B410" s="1" t="s">
         <v>1211</v>
       </c>
       <c r="C410" s="1" t="s">
         <v>1212</v>
       </c>
       <c r="D410" s="1"/>
       <c r="E410" s="1" t="s">
-        <v>244</v>
+        <v>1213</v>
       </c>
       <c r="F410" s="1" t="s">
-        <v>241</v>
+        <v>491</v>
       </c>
       <c r="G410" s="1">
-        <v>204</v>
+        <v>38</v>
       </c>
       <c r="H410" s="1">
-        <v>0.18</v>
+        <v>0.08</v>
       </c>
       <c r="I410" s="1">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="J410" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="411" spans="1:10">
       <c r="B411" s="1" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="D411" s="1"/>
       <c r="E411" s="1" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="F411" s="1" t="s">
-        <v>499</v>
+        <v>491</v>
       </c>
       <c r="G411" s="1">
         <v>38</v>
       </c>
       <c r="H411" s="1">
         <v>0.08</v>
       </c>
       <c r="I411" s="1">
         <v>16</v>
       </c>
       <c r="J411" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="412" spans="1:10">
       <c r="B412" s="1" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="D412" s="1"/>
       <c r="E412" s="1" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="F412" s="1" t="s">
-        <v>499</v>
+        <v>618</v>
       </c>
       <c r="G412" s="1">
-        <v>38</v>
+        <v>144</v>
       </c>
       <c r="H412" s="1">
-        <v>0.08</v>
+        <v>0.16</v>
       </c>
       <c r="I412" s="1">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="J412" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="413" spans="1:10">
       <c r="B413" s="1" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="D413" s="1"/>
       <c r="E413" s="1" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="F413" s="1" t="s">
-        <v>499</v>
+        <v>491</v>
       </c>
       <c r="G413" s="1">
         <v>38</v>
       </c>
       <c r="H413" s="1">
         <v>0.08</v>
       </c>
       <c r="I413" s="1">
         <v>16</v>
       </c>
       <c r="J413" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="414" spans="1:10">
       <c r="B414" s="1" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="D414" s="1"/>
       <c r="E414" s="1" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="F414" s="1" t="s">
-        <v>499</v>
+        <v>491</v>
       </c>
       <c r="G414" s="1">
         <v>38</v>
       </c>
       <c r="H414" s="1">
         <v>0.08</v>
       </c>
       <c r="I414" s="1">
         <v>16</v>
       </c>
       <c r="J414" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="415" spans="1:10">
       <c r="B415" s="1" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="D415" s="1"/>
       <c r="E415" s="1" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="F415" s="1" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="G415" s="1">
-        <v>144</v>
+        <v>128</v>
       </c>
       <c r="H415" s="1">
-        <v>0.16</v>
+        <v>0.14</v>
       </c>
       <c r="I415" s="1">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="J415" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="416" spans="1:10">
       <c r="B416" s="1" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="D416" s="1"/>
       <c r="E416" s="1" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F416" s="1" t="s">
-        <v>499</v>
+        <v>618</v>
       </c>
       <c r="G416" s="1">
-        <v>38</v>
+        <v>240</v>
       </c>
       <c r="H416" s="1">
-        <v>0.08</v>
+        <v>0.28</v>
       </c>
       <c r="I416" s="1">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="J416" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="417" spans="1:10">
       <c r="B417" s="1" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="D417" s="1"/>
       <c r="E417" s="1" t="s">
-        <v>1233</v>
+        <v>807</v>
       </c>
       <c r="F417" s="1" t="s">
-        <v>499</v>
+        <v>1234</v>
       </c>
       <c r="G417" s="1">
-        <v>38</v>
+        <v>128</v>
       </c>
       <c r="H417" s="1">
-        <v>0.08</v>
+        <v>0.122</v>
       </c>
       <c r="I417" s="1">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="J417" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="418" spans="1:10">
       <c r="B418" s="1" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="D418" s="1"/>
       <c r="E418" s="1" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="F418" s="1" t="s">
-        <v>626</v>
+        <v>836</v>
       </c>
       <c r="G418" s="1">
-        <v>128</v>
+        <v>192</v>
       </c>
       <c r="H418" s="1">
-        <v>0.14</v>
+        <v>0.18</v>
       </c>
       <c r="I418" s="1">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="J418" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="419" spans="1:10">
       <c r="B419" s="1" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="D419" s="1"/>
       <c r="E419" s="1" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="F419" s="1" t="s">
-        <v>626</v>
+        <v>1241</v>
       </c>
       <c r="G419" s="1">
-        <v>240</v>
+        <v>142</v>
       </c>
       <c r="H419" s="1">
-        <v>0.28</v>
+        <v>0.14</v>
       </c>
       <c r="I419" s="1">
-        <v>46</v>
+        <v>17.5</v>
       </c>
       <c r="J419" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="420" spans="1:10">
       <c r="B420" s="1" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
       <c r="D420" s="1"/>
       <c r="E420" s="1" t="s">
-        <v>815</v>
+        <v>1244</v>
       </c>
       <c r="F420" s="1" t="s">
-        <v>1242</v>
+        <v>618</v>
       </c>
       <c r="G420" s="1">
-        <v>128</v>
+        <v>200</v>
       </c>
       <c r="H420" s="1">
-        <v>0.122</v>
+        <v>0.26</v>
       </c>
       <c r="I420" s="1">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="J420" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="421" spans="1:10">
       <c r="B421" s="1" t="s">
-        <v>1243</v>
+        <v>1245</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="D421" s="1"/>
       <c r="E421" s="1" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
       <c r="F421" s="1" t="s">
-        <v>844</v>
+        <v>491</v>
       </c>
       <c r="G421" s="1">
-        <v>192</v>
+        <v>38</v>
       </c>
       <c r="H421" s="1">
-        <v>0.18</v>
+        <v>0.08</v>
       </c>
       <c r="I421" s="1">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="J421" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="422" spans="1:10">
       <c r="B422" s="1" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="D422" s="1"/>
       <c r="E422" s="1" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="F422" s="1" t="s">
-        <v>1249</v>
+        <v>491</v>
       </c>
       <c r="G422" s="1">
-        <v>142</v>
+        <v>38</v>
       </c>
       <c r="H422" s="1">
-        <v>0.14</v>
+        <v>0.08</v>
       </c>
       <c r="I422" s="1">
-        <v>17.5</v>
+        <v>16</v>
       </c>
       <c r="J422" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="423" spans="1:10">
       <c r="B423" s="1" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="D423" s="1"/>
       <c r="E423" s="1" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="F423" s="1" t="s">
-        <v>626</v>
+        <v>491</v>
       </c>
       <c r="G423" s="1">
-        <v>200</v>
+        <v>38</v>
       </c>
       <c r="H423" s="1">
-        <v>0.26</v>
+        <v>0.08</v>
       </c>
       <c r="I423" s="1">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="J423" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="424" spans="1:10">
       <c r="B424" s="1" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="D424" s="1"/>
       <c r="E424" s="1" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="F424" s="1" t="s">
-        <v>499</v>
+        <v>618</v>
       </c>
       <c r="G424" s="1">
-        <v>38</v>
+        <v>224</v>
       </c>
       <c r="H424" s="1">
-        <v>0.08</v>
+        <v>0.18</v>
       </c>
       <c r="I424" s="1">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="J424" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="425" spans="1:10">
       <c r="B425" s="1" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="D425" s="1"/>
       <c r="E425" s="1" t="s">
-        <v>1258</v>
+        <v>1247</v>
       </c>
       <c r="F425" s="1" t="s">
-        <v>499</v>
+        <v>491</v>
       </c>
       <c r="G425" s="1">
         <v>38</v>
       </c>
       <c r="H425" s="1">
         <v>0.08</v>
       </c>
       <c r="I425" s="1">
         <v>16</v>
       </c>
       <c r="J425" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="426" spans="1:10">
       <c r="B426" s="1" t="s">
         <v>1259</v>
       </c>
       <c r="C426" s="1" t="s">
         <v>1260</v>
       </c>
       <c r="D426" s="1"/>
       <c r="E426" s="1" t="s">
-        <v>1261</v>
+        <v>1216</v>
       </c>
       <c r="F426" s="1" t="s">
-        <v>499</v>
+        <v>491</v>
       </c>
       <c r="G426" s="1">
         <v>38</v>
       </c>
       <c r="H426" s="1">
         <v>0.08</v>
       </c>
       <c r="I426" s="1">
         <v>16</v>
       </c>
       <c r="J426" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="427" spans="1:10">
       <c r="B427" s="1" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C427" s="1" t="s">
         <v>1262</v>
-      </c>
-[...1 lines deleted...]
-        <v>1263</v>
       </c>
       <c r="D427" s="1"/>
       <c r="E427" s="1" t="s">
-        <v>1264</v>
+        <v>1210</v>
       </c>
       <c r="F427" s="1" t="s">
-        <v>626</v>
+        <v>491</v>
       </c>
       <c r="G427" s="1">
-        <v>224</v>
+        <v>38</v>
       </c>
       <c r="H427" s="1">
-        <v>0.18</v>
+        <v>0.08</v>
       </c>
       <c r="I427" s="1">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="J427" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="428" spans="1:10">
       <c r="B428" s="1" t="s">
-        <v>1265</v>
+        <v>1263</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>1266</v>
+        <v>1264</v>
       </c>
       <c r="D428" s="1"/>
       <c r="E428" s="1" t="s">
-        <v>1255</v>
+        <v>1213</v>
       </c>
       <c r="F428" s="1" t="s">
-        <v>499</v>
+        <v>491</v>
       </c>
       <c r="G428" s="1">
         <v>38</v>
       </c>
       <c r="H428" s="1">
         <v>0.08</v>
       </c>
       <c r="I428" s="1">
         <v>16</v>
       </c>
       <c r="J428" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="429" spans="1:10">
       <c r="B429" s="1" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>1268</v>
+        <v>1266</v>
       </c>
       <c r="D429" s="1"/>
       <c r="E429" s="1" t="s">
-        <v>1224</v>
+        <v>1267</v>
       </c>
       <c r="F429" s="1" t="s">
-        <v>499</v>
+        <v>881</v>
       </c>
       <c r="G429" s="1">
-        <v>38</v>
+        <v>224</v>
       </c>
       <c r="H429" s="1">
-        <v>0.08</v>
+        <v>0.36</v>
       </c>
       <c r="I429" s="1">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="J429" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="430" spans="1:10">
       <c r="B430" s="1" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C430" s="1" t="s">
         <v>1269</v>
-      </c>
-[...1 lines deleted...]
-        <v>1270</v>
       </c>
       <c r="D430" s="1"/>
       <c r="E430" s="1" t="s">
-        <v>1218</v>
+        <v>1270</v>
       </c>
       <c r="F430" s="1" t="s">
-        <v>499</v>
+        <v>624</v>
       </c>
       <c r="G430" s="1">
-        <v>38</v>
+        <v>16</v>
       </c>
       <c r="H430" s="1">
-        <v>0.08</v>
+        <v>0.04</v>
       </c>
       <c r="I430" s="1">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="J430" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="431" spans="1:10">
       <c r="B431" s="1" t="s">
         <v>1271</v>
       </c>
       <c r="C431" s="1" t="s">
         <v>1272</v>
       </c>
       <c r="D431" s="1"/>
       <c r="E431" s="1" t="s">
-        <v>1221</v>
+        <v>1273</v>
       </c>
       <c r="F431" s="1" t="s">
-        <v>499</v>
+        <v>1274</v>
       </c>
       <c r="G431" s="1">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="H431" s="1">
-        <v>0.08</v>
+        <v>0.14</v>
       </c>
       <c r="I431" s="1">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="J431" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="432" spans="1:10">
       <c r="B432" s="1" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
       <c r="D432" s="1"/>
       <c r="E432" s="1" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
       <c r="F432" s="1" t="s">
-        <v>889</v>
+        <v>618</v>
       </c>
       <c r="G432" s="1">
-        <v>224</v>
+        <v>256</v>
       </c>
       <c r="H432" s="1">
-        <v>0.36</v>
+        <v>0.3</v>
       </c>
       <c r="I432" s="1">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="J432" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="433" spans="1:10">
       <c r="B433" s="1" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
       <c r="D433" s="1"/>
       <c r="E433" s="1" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="F433" s="1" t="s">
-        <v>632</v>
+        <v>233</v>
       </c>
       <c r="G433" s="1">
-        <v>16</v>
+        <v>112</v>
       </c>
       <c r="H433" s="1">
-        <v>0.04</v>
+        <v>0.1</v>
       </c>
       <c r="I433" s="1">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="J433" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="434" spans="1:10">
       <c r="B434" s="1" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="D434" s="1"/>
       <c r="E434" s="1" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="F434" s="1" t="s">
-        <v>1282</v>
+        <v>618</v>
       </c>
       <c r="G434" s="1">
-        <v>32</v>
+        <v>112</v>
       </c>
       <c r="H434" s="1">
         <v>0.14</v>
       </c>
       <c r="I434" s="1">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="J434" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="435" spans="1:10">
       <c r="B435" s="1" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="D435" s="1"/>
       <c r="E435" s="1" t="s">
-        <v>1285</v>
+        <v>1250</v>
       </c>
       <c r="F435" s="1" t="s">
-        <v>626</v>
+        <v>491</v>
       </c>
       <c r="G435" s="1">
-        <v>256</v>
+        <v>38</v>
       </c>
       <c r="H435" s="1">
-        <v>0.3</v>
+        <v>0.08</v>
       </c>
       <c r="I435" s="1">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="J435" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="436" spans="1:10">
       <c r="B436" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="C436" s="1" t="s">
         <v>1287</v>
       </c>
       <c r="D436" s="1"/>
       <c r="E436" s="1" t="s">
-        <v>1288</v>
+        <v>1193</v>
       </c>
       <c r="F436" s="1" t="s">
-        <v>241</v>
+        <v>132</v>
       </c>
       <c r="G436" s="1">
-        <v>112</v>
+        <v>32</v>
       </c>
       <c r="H436" s="1">
-        <v>0.1</v>
+        <v>0.14</v>
       </c>
       <c r="I436" s="1">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="J436" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="437" spans="1:10">
       <c r="B437" s="1" t="s">
+        <v>1288</v>
+      </c>
+      <c r="C437" s="1" t="s">
         <v>1289</v>
       </c>
-      <c r="C437" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D437" s="1"/>
-      <c r="E437" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E437" s="1"/>
       <c r="F437" s="1" t="s">
-        <v>626</v>
+        <v>1129</v>
       </c>
       <c r="G437" s="1">
-        <v>112</v>
+        <v>296</v>
       </c>
       <c r="H437" s="1">
-        <v>0.14</v>
+        <v>0.34</v>
       </c>
       <c r="I437" s="1">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="J437" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="438" spans="1:10">
       <c r="B438" s="1" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C438" s="1" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D438" s="1" t="s">
+        <v>1132</v>
+      </c>
+      <c r="E438" s="1" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F438" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="G438" s="1" t="s">
         <v>1292</v>
       </c>
-      <c r="C438" s="1" t="s">
-[...11 lines deleted...]
-      </c>
       <c r="H438" s="1">
-        <v>0.08</v>
+        <v>0.28</v>
       </c>
       <c r="I438" s="1">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="J438" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="439" spans="1:10">
       <c r="B439" s="1" t="s">
+        <v>1293</v>
+      </c>
+      <c r="C439" s="1" t="s">
         <v>1294</v>
-      </c>
-[...1 lines deleted...]
-        <v>1295</v>
       </c>
       <c r="D439" s="1"/>
       <c r="E439" s="1" t="s">
-        <v>1201</v>
+        <v>1295</v>
       </c>
       <c r="F439" s="1" t="s">
-        <v>140</v>
+        <v>1296</v>
       </c>
       <c r="G439" s="1">
-        <v>32</v>
+        <v>157</v>
       </c>
       <c r="H439" s="1">
-        <v>0.14</v>
+        <v>0.2</v>
       </c>
       <c r="I439" s="1">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="J439" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="440" spans="1:10">
       <c r="B440" s="1" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="D440" s="1"/>
-      <c r="E440" s="1"/>
+      <c r="E440" s="1" t="s">
+        <v>601</v>
+      </c>
       <c r="F440" s="1" t="s">
-        <v>1137</v>
+        <v>618</v>
       </c>
       <c r="G440" s="1">
-        <v>296</v>
+        <v>224</v>
       </c>
       <c r="H440" s="1">
-        <v>0.34</v>
+        <v>0.25</v>
       </c>
       <c r="I440" s="1">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="J440" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="441" spans="1:10">
       <c r="B441" s="1" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>1299</v>
-[...3 lines deleted...]
-      </c>
+        <v>1300</v>
+      </c>
+      <c r="D441" s="1"/>
       <c r="E441" s="1" t="s">
-        <v>1198</v>
+        <v>1301</v>
       </c>
       <c r="F441" s="1" t="s">
-        <v>1153</v>
-[...2 lines deleted...]
-        <v>1300</v>
+        <v>58</v>
+      </c>
+      <c r="G441" s="1">
+        <v>624</v>
       </c>
       <c r="H441" s="1">
-        <v>0.28</v>
+        <v>0.9</v>
       </c>
       <c r="I441" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="J441" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="442" spans="1:10">
       <c r="B442" s="1" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="D442" s="1"/>
       <c r="E442" s="1" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="F442" s="1" t="s">
-        <v>1304</v>
+        <v>618</v>
       </c>
       <c r="G442" s="1">
-        <v>157</v>
+        <v>165</v>
       </c>
       <c r="H442" s="1">
-        <v>0.2</v>
+        <v>0.36</v>
       </c>
       <c r="I442" s="1">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="J442" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="443" spans="1:10">
       <c r="B443" s="1" t="s">
         <v>1305</v>
       </c>
       <c r="C443" s="1" t="s">
         <v>1306</v>
       </c>
       <c r="D443" s="1"/>
       <c r="E443" s="1" t="s">
-        <v>609</v>
+        <v>1307</v>
       </c>
       <c r="F443" s="1" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="G443" s="1">
-        <v>224</v>
+        <v>106</v>
       </c>
       <c r="H443" s="1">
-        <v>0.25</v>
+        <v>0.14</v>
       </c>
       <c r="I443" s="1">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="J443" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="444" spans="1:10">
       <c r="B444" s="1" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="D444" s="1"/>
       <c r="E444" s="1" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="F444" s="1" t="s">
-        <v>66</v>
+        <v>618</v>
       </c>
       <c r="G444" s="1">
-        <v>624</v>
+        <v>196</v>
       </c>
       <c r="H444" s="1">
-        <v>0.9</v>
+        <v>0.22</v>
       </c>
       <c r="I444" s="1">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="J444" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="445" spans="1:10">
       <c r="B445" s="1" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="D445" s="1"/>
       <c r="E445" s="1" t="s">
-        <v>1312</v>
+        <v>601</v>
       </c>
       <c r="F445" s="1" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="G445" s="1">
-        <v>165</v>
+        <v>222</v>
       </c>
       <c r="H445" s="1">
-        <v>0.36</v>
+        <v>0.26</v>
       </c>
       <c r="I445" s="1">
         <v>53</v>
       </c>
       <c r="J445" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="446" spans="1:10">
       <c r="B446" s="1" t="s">
         <v>1313</v>
       </c>
       <c r="C446" s="1" t="s">
         <v>1314</v>
       </c>
       <c r="D446" s="1"/>
       <c r="E446" s="1" t="s">
         <v>1315</v>
       </c>
       <c r="F446" s="1" t="s">
-        <v>626</v>
+        <v>58</v>
       </c>
       <c r="G446" s="1">
-        <v>106</v>
+        <v>280</v>
       </c>
       <c r="H446" s="1">
-        <v>0.14</v>
+        <v>0.39</v>
       </c>
       <c r="I446" s="1">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="J446" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="447" spans="1:10">
       <c r="B447" s="1" t="s">
         <v>1316</v>
       </c>
       <c r="C447" s="1" t="s">
         <v>1317</v>
       </c>
       <c r="D447" s="1"/>
       <c r="E447" s="1" t="s">
         <v>1318</v>
       </c>
       <c r="F447" s="1" t="s">
-        <v>626</v>
+        <v>132</v>
       </c>
       <c r="G447" s="1">
-        <v>196</v>
+        <v>32</v>
       </c>
       <c r="H447" s="1">
-        <v>0.22</v>
+        <v>0.14</v>
       </c>
       <c r="I447" s="1">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="J447" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="448" spans="1:10">
       <c r="B448" s="1" t="s">
         <v>1319</v>
       </c>
       <c r="C448" s="1" t="s">
         <v>1320</v>
       </c>
       <c r="D448" s="1"/>
       <c r="E448" s="1" t="s">
-        <v>609</v>
+        <v>1295</v>
       </c>
       <c r="F448" s="1" t="s">
-        <v>626</v>
+        <v>86</v>
       </c>
       <c r="G448" s="1">
-        <v>222</v>
+        <v>201</v>
       </c>
       <c r="H448" s="1">
-        <v>0.26</v>
+        <v>0.24</v>
       </c>
       <c r="I448" s="1">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="J448" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="449" spans="1:10">
       <c r="B449" s="1" t="s">
         <v>1321</v>
       </c>
       <c r="C449" s="1" t="s">
         <v>1322</v>
       </c>
       <c r="D449" s="1"/>
       <c r="E449" s="1" t="s">
-        <v>1323</v>
+        <v>1307</v>
       </c>
       <c r="F449" s="1" t="s">
-        <v>66</v>
+        <v>618</v>
       </c>
       <c r="G449" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
       <c r="H449" s="1">
-        <v>0.39</v>
+        <v>0.18</v>
       </c>
       <c r="I449" s="1">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="J449" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="450" spans="1:10">
       <c r="B450" s="1" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C450" s="1" t="s">
         <v>1324</v>
-      </c>
-[...1 lines deleted...]
-        <v>1325</v>
       </c>
       <c r="D450" s="1"/>
       <c r="E450" s="1" t="s">
-        <v>1326</v>
+        <v>1295</v>
       </c>
       <c r="F450" s="1" t="s">
-        <v>140</v>
+        <v>618</v>
       </c>
       <c r="G450" s="1">
-        <v>32</v>
+        <v>288</v>
       </c>
       <c r="H450" s="1">
-        <v>0.14</v>
+        <v>0.34</v>
       </c>
       <c r="I450" s="1">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="J450" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="451" spans="1:10">
       <c r="B451" s="1" t="s">
-        <v>1327</v>
+        <v>1325</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>1328</v>
+        <v>1326</v>
       </c>
       <c r="D451" s="1"/>
       <c r="E451" s="1" t="s">
-        <v>1303</v>
+        <v>1295</v>
       </c>
       <c r="F451" s="1" t="s">
-        <v>94</v>
+        <v>618</v>
       </c>
       <c r="G451" s="1">
-        <v>201</v>
+        <v>128</v>
       </c>
       <c r="H451" s="1">
-        <v>0.24</v>
+        <v>0.16</v>
       </c>
       <c r="I451" s="1">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="J451" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="452" spans="1:10">
       <c r="B452" s="1" t="s">
-        <v>1329</v>
+        <v>1327</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>1330</v>
+        <v>1328</v>
       </c>
       <c r="D452" s="1"/>
       <c r="E452" s="1" t="s">
-        <v>1315</v>
+        <v>1329</v>
       </c>
       <c r="F452" s="1" t="s">
-        <v>626</v>
+        <v>58</v>
       </c>
       <c r="G452" s="1">
-        <v>160</v>
+        <v>520</v>
       </c>
       <c r="H452" s="1">
-        <v>0.18</v>
+        <v>0.67</v>
       </c>
       <c r="I452" s="1">
-        <v>36</v>
+        <v>103</v>
       </c>
       <c r="J452" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="453" spans="1:10">
       <c r="B453" s="1" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C453" s="1" t="s">
         <v>1331</v>
       </c>
-      <c r="C453" s="1" t="s">
+      <c r="D453" s="1" t="s">
         <v>1332</v>
       </c>
-      <c r="D453" s="1"/>
       <c r="E453" s="1" t="s">
-        <v>1303</v>
+        <v>612</v>
       </c>
       <c r="F453" s="1" t="s">
-        <v>626</v>
+        <v>669</v>
       </c>
       <c r="G453" s="1">
-        <v>288</v>
+        <v>100</v>
       </c>
       <c r="H453" s="1">
-        <v>0.34</v>
+        <v>0.108</v>
       </c>
       <c r="I453" s="1">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="J453" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="454" spans="1:10">
       <c r="B454" s="1" t="s">
         <v>1333</v>
       </c>
       <c r="C454" s="1" t="s">
         <v>1334</v>
       </c>
-      <c r="D454" s="1"/>
+      <c r="D454" s="1" t="s">
+        <v>1335</v>
+      </c>
       <c r="E454" s="1" t="s">
-        <v>1303</v>
+        <v>727</v>
       </c>
       <c r="F454" s="1" t="s">
-        <v>626</v>
+        <v>729</v>
       </c>
       <c r="G454" s="1">
-        <v>128</v>
+        <v>208</v>
       </c>
       <c r="H454" s="1">
-        <v>0.16</v>
+        <v>0.202</v>
       </c>
       <c r="I454" s="1">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="J454" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="455" spans="1:10">
       <c r="B455" s="1" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="D455" s="1"/>
       <c r="E455" s="1" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="F455" s="1" t="s">
-        <v>66</v>
+        <v>554</v>
       </c>
       <c r="G455" s="1">
-        <v>520</v>
+        <v>197</v>
       </c>
       <c r="H455" s="1">
-        <v>0.67</v>
+        <v>0.18</v>
       </c>
       <c r="I455" s="1">
-        <v>103</v>
+        <v>27</v>
       </c>
       <c r="J455" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="456" spans="1:10">
       <c r="B456" s="1" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>1339</v>
-[...1 lines deleted...]
-      <c r="D456" s="1" t="s">
         <v>1340</v>
       </c>
+      <c r="D456" s="1"/>
       <c r="E456" s="1" t="s">
-        <v>620</v>
+        <v>608</v>
       </c>
       <c r="F456" s="1" t="s">
-        <v>677</v>
-[...3 lines deleted...]
-      </c>
+        <v>1341</v>
+      </c>
+      <c r="G456" s="1"/>
       <c r="H456" s="1">
-        <v>0.108</v>
+        <v>0.34</v>
       </c>
       <c r="I456" s="1">
-        <v>8</v>
+        <v>55</v>
       </c>
       <c r="J456" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="457" spans="1:10">
       <c r="B457" s="1" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>1342</v>
-[...1 lines deleted...]
-      <c r="D457" s="1" t="s">
         <v>1343</v>
       </c>
+      <c r="D457" s="1"/>
       <c r="E457" s="1" t="s">
-        <v>735</v>
+        <v>209</v>
       </c>
       <c r="F457" s="1" t="s">
-        <v>737</v>
+        <v>233</v>
       </c>
       <c r="G457" s="1">
-        <v>208</v>
+        <v>8</v>
       </c>
       <c r="H457" s="1">
-        <v>0.202</v>
+        <v>0.02</v>
       </c>
       <c r="I457" s="1">
-        <v>12</v>
+        <v>2.5</v>
       </c>
       <c r="J457" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="458" spans="1:10">
       <c r="B458" s="1" t="s">
         <v>1344</v>
       </c>
       <c r="C458" s="1" t="s">
         <v>1345</v>
       </c>
-      <c r="D458" s="1"/>
+      <c r="D458" s="1" t="s">
+        <v>1346</v>
+      </c>
       <c r="E458" s="1" t="s">
-        <v>1346</v>
+        <v>727</v>
       </c>
       <c r="F458" s="1" t="s">
-        <v>562</v>
+        <v>233</v>
       </c>
       <c r="G458" s="1">
-        <v>197</v>
+        <v>32</v>
       </c>
       <c r="H458" s="1">
-        <v>0.18</v>
+        <v>0.4</v>
       </c>
       <c r="I458" s="1">
-        <v>27</v>
+        <v>4</v>
       </c>
       <c r="J458" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="459" spans="1:10">
       <c r="B459" s="1" t="s">
         <v>1347</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>1348</v>
-[...1 lines deleted...]
-      <c r="D459" s="1"/>
+        <v>682</v>
+      </c>
+      <c r="D459" s="1" t="s">
+        <v>649</v>
+      </c>
       <c r="E459" s="1" t="s">
-        <v>616</v>
+        <v>608</v>
       </c>
       <c r="F459" s="1" t="s">
-        <v>1349</v>
-[...1 lines deleted...]
-      <c r="G459" s="1"/>
+        <v>650</v>
+      </c>
+      <c r="G459" s="1">
+        <v>8</v>
+      </c>
       <c r="H459" s="1">
-        <v>0.34</v>
+        <v>0.005</v>
       </c>
       <c r="I459" s="1">
-        <v>55</v>
+        <v>2</v>
       </c>
       <c r="J459" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="460" spans="1:10">
       <c r="B460" s="1" t="s">
-        <v>1350</v>
+        <v>1348</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>1351</v>
-[...1 lines deleted...]
-      <c r="D460" s="1"/>
+        <v>1349</v>
+      </c>
+      <c r="D460" s="1" t="s">
+        <v>649</v>
+      </c>
       <c r="E460" s="1" t="s">
-        <v>217</v>
+        <v>608</v>
       </c>
       <c r="F460" s="1" t="s">
-        <v>241</v>
+        <v>650</v>
       </c>
       <c r="G460" s="1">
         <v>8</v>
       </c>
       <c r="H460" s="1">
-        <v>0.02</v>
+        <v>0.005</v>
       </c>
       <c r="I460" s="1">
-        <v>2.5</v>
+        <v>2</v>
       </c>
       <c r="J460" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="461" spans="1:10">
       <c r="B461" s="1" t="s">
-        <v>1352</v>
+        <v>1350</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>1353</v>
+        <v>1351</v>
       </c>
       <c r="D461" s="1" t="s">
-        <v>1354</v>
+        <v>649</v>
       </c>
       <c r="E461" s="1" t="s">
-        <v>735</v>
+        <v>608</v>
       </c>
       <c r="F461" s="1" t="s">
-        <v>241</v>
+        <v>650</v>
       </c>
       <c r="G461" s="1">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="H461" s="1">
-        <v>0.4</v>
+        <v>0.005</v>
       </c>
       <c r="I461" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="J461" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="462" spans="1:10">
       <c r="B462" s="1" t="s">
-        <v>1355</v>
+        <v>1352</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>690</v>
-[...3 lines deleted...]
-      </c>
+        <v>1353</v>
+      </c>
+      <c r="D462" s="1"/>
       <c r="E462" s="1" t="s">
-        <v>616</v>
+        <v>1354</v>
       </c>
       <c r="F462" s="1" t="s">
-        <v>658</v>
+        <v>233</v>
       </c>
       <c r="G462" s="1">
-        <v>8</v>
+        <v>280</v>
       </c>
       <c r="H462" s="1">
-        <v>0.005</v>
+        <v>0.227</v>
       </c>
       <c r="I462" s="1">
-        <v>2</v>
+        <v>28</v>
       </c>
       <c r="J462" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="463" spans="1:10">
       <c r="B463" s="1" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C463" s="1" t="s">
         <v>1356</v>
       </c>
-      <c r="C463" s="1" t="s">
+      <c r="D463" s="1" t="s">
         <v>1357</v>
       </c>
-      <c r="D463" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E463" s="1" t="s">
-        <v>616</v>
+        <v>394</v>
       </c>
       <c r="F463" s="1" t="s">
-        <v>658</v>
+        <v>618</v>
       </c>
       <c r="G463" s="1">
-        <v>8</v>
+        <v>176</v>
       </c>
       <c r="H463" s="1">
-        <v>0.005</v>
+        <v>0.199</v>
       </c>
       <c r="I463" s="1">
-        <v>2</v>
+        <v>39</v>
       </c>
       <c r="J463" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="464" spans="1:10">
       <c r="B464" s="1" t="s">
         <v>1358</v>
       </c>
       <c r="C464" s="1" t="s">
         <v>1359</v>
       </c>
       <c r="D464" s="1" t="s">
-        <v>657</v>
+        <v>1360</v>
       </c>
       <c r="E464" s="1" t="s">
-        <v>616</v>
+        <v>1361</v>
       </c>
       <c r="F464" s="1" t="s">
-        <v>658</v>
+        <v>618</v>
       </c>
       <c r="G464" s="1">
-        <v>8</v>
+        <v>192</v>
       </c>
       <c r="H464" s="1">
-        <v>0.005</v>
+        <v>0.24</v>
       </c>
       <c r="I464" s="1">
-        <v>2</v>
+        <v>17</v>
       </c>
       <c r="J464" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="465" spans="1:10">
       <c r="B465" s="1" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>1361</v>
-[...1 lines deleted...]
-      <c r="D465" s="1"/>
+        <v>1363</v>
+      </c>
+      <c r="D465" s="1" t="s">
+        <v>1364</v>
+      </c>
       <c r="E465" s="1" t="s">
-        <v>1362</v>
+        <v>1280</v>
       </c>
       <c r="F465" s="1" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
       <c r="G465" s="1">
-        <v>280</v>
+        <v>48</v>
       </c>
       <c r="H465" s="1">
-        <v>0.227</v>
+        <v>0.24</v>
       </c>
       <c r="I465" s="1">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="J465" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="466" spans="1:10">
       <c r="B466" s="1" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>1364</v>
-[...3 lines deleted...]
-      </c>
+        <v>1366</v>
+      </c>
+      <c r="D466" s="1"/>
       <c r="E466" s="1" t="s">
-        <v>402</v>
+        <v>209</v>
       </c>
       <c r="F466" s="1" t="s">
-        <v>626</v>
+        <v>233</v>
       </c>
       <c r="G466" s="1">
-        <v>176</v>
+        <v>119</v>
       </c>
       <c r="H466" s="1">
-        <v>0.199</v>
+        <v>0.11</v>
       </c>
       <c r="I466" s="1">
-        <v>39</v>
+        <v>16</v>
       </c>
       <c r="J466" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="467" spans="1:10">
       <c r="B467" s="1" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="E467" s="1" t="s">
-        <v>1369</v>
+        <v>1042</v>
       </c>
       <c r="F467" s="1" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="G467" s="1">
-        <v>192</v>
+        <v>90</v>
       </c>
       <c r="H467" s="1">
-        <v>0.24</v>
+        <v>0.115</v>
       </c>
       <c r="I467" s="1">
-        <v>17</v>
+        <v>32.8</v>
       </c>
       <c r="J467" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="468" spans="1:10">
       <c r="B468" s="1" t="s">
         <v>1370</v>
       </c>
       <c r="C468" s="1" t="s">
         <v>1371</v>
       </c>
-      <c r="D468" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D468" s="1"/>
+      <c r="E468" s="1"/>
       <c r="F468" s="1" t="s">
-        <v>241</v>
+        <v>491</v>
       </c>
       <c r="G468" s="1">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="H468" s="1">
-        <v>0.24</v>
+        <v>0.027</v>
       </c>
       <c r="I468" s="1">
-        <v>11</v>
+        <v>6.5</v>
       </c>
       <c r="J468" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="469" spans="1:10">
       <c r="B469" s="1" t="s">
+        <v>1372</v>
+      </c>
+      <c r="C469" s="1" t="s">
         <v>1373</v>
       </c>
-      <c r="C469" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D469" s="1"/>
       <c r="E469" s="1" t="s">
-        <v>13</v>
+        <v>209</v>
       </c>
       <c r="F469" s="1" t="s">
-        <v>727</v>
+        <v>233</v>
       </c>
       <c r="G469" s="1">
-        <v>182</v>
+        <v>150</v>
       </c>
       <c r="H469" s="1">
-        <v>0.46</v>
+        <v>0.14</v>
       </c>
       <c r="I469" s="1">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="J469" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="470" spans="1:10">
       <c r="B470" s="1" t="s">
-        <v>1376</v>
+        <v>1374</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>1377</v>
-[...1 lines deleted...]
-      <c r="D470" s="1" t="s">
         <v>1375</v>
       </c>
-      <c r="E470" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D470" s="1"/>
+      <c r="E470" s="1"/>
       <c r="F470" s="1" t="s">
-        <v>727</v>
+        <v>554</v>
       </c>
       <c r="G470" s="1">
-        <v>182</v>
+        <v>1724</v>
       </c>
       <c r="H470" s="1">
-        <v>0.46</v>
+        <v>0.505</v>
       </c>
       <c r="I470" s="1">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="J470" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="471" spans="1:10">
       <c r="B471" s="1" t="s">
-        <v>1378</v>
+        <v>1376</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>1379</v>
-[...6 lines deleted...]
-      </c>
+        <v>1377</v>
+      </c>
+      <c r="D471" s="1"/>
+      <c r="E471" s="1"/>
       <c r="F471" s="1" t="s">
-        <v>727</v>
+        <v>650</v>
       </c>
       <c r="G471" s="1">
-        <v>182</v>
+        <v>8</v>
       </c>
       <c r="H471" s="1">
-        <v>0.46</v>
+        <v>0.005</v>
       </c>
       <c r="I471" s="1">
-        <v>45</v>
+        <v>2</v>
       </c>
       <c r="J471" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="472" spans="1:10">
       <c r="B472" s="1" t="s">
-        <v>1380</v>
+        <v>1378</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>1381</v>
-[...6 lines deleted...]
-      </c>
+        <v>1379</v>
+      </c>
+      <c r="D472" s="1"/>
+      <c r="E472" s="1"/>
       <c r="F472" s="1" t="s">
-        <v>727</v>
+        <v>618</v>
       </c>
       <c r="G472" s="1">
-        <v>182</v>
+        <v>40</v>
       </c>
       <c r="H472" s="1">
-        <v>0.46</v>
+        <v>0.02295</v>
       </c>
       <c r="I472" s="1">
-        <v>45</v>
+        <v>6.5</v>
       </c>
       <c r="J472" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="473" spans="1:10">
       <c r="B473" s="1" t="s">
-        <v>1382</v>
+        <v>1380</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>1383</v>
-[...3 lines deleted...]
-      </c>
+        <v>1381</v>
+      </c>
+      <c r="D473" s="1"/>
       <c r="E473" s="1" t="s">
-        <v>22</v>
+        <v>209</v>
       </c>
       <c r="F473" s="1" t="s">
-        <v>727</v>
+        <v>233</v>
       </c>
       <c r="G473" s="1">
-        <v>182</v>
+        <v>168</v>
       </c>
       <c r="H473" s="1">
-        <v>0.46</v>
+        <v>0.168</v>
       </c>
       <c r="I473" s="1">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="J473" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="474" spans="1:10">
       <c r="B474" s="1" t="s">
-        <v>1384</v>
+        <v>1382</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>1385</v>
-[...3 lines deleted...]
-      </c>
+        <v>1383</v>
+      </c>
+      <c r="D474" s="1"/>
       <c r="E474" s="1" t="s">
-        <v>13</v>
+        <v>1042</v>
       </c>
       <c r="F474" s="1" t="s">
-        <v>727</v>
+        <v>618</v>
       </c>
       <c r="G474" s="1">
-        <v>182</v>
+        <v>112</v>
       </c>
       <c r="H474" s="1">
-        <v>0.46</v>
+        <v>0.131</v>
       </c>
       <c r="I474" s="1">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J474" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="475" spans="1:10">
       <c r="B475" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="C475" s="1" t="s">
+        <v>1385</v>
+      </c>
+      <c r="D475" s="1"/>
+      <c r="E475" s="1"/>
+      <c r="F475" s="1" t="s">
         <v>1386</v>
       </c>
-      <c r="C475" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G475" s="1">
-        <v>182</v>
+        <v>126</v>
       </c>
       <c r="H475" s="1">
-        <v>0.46</v>
+        <v>0.196</v>
       </c>
       <c r="I475" s="1">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="J475" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="476" spans="1:10">
       <c r="B476" s="1" t="s">
+        <v>1387</v>
+      </c>
+      <c r="C476" s="1" t="s">
         <v>1388</v>
       </c>
-      <c r="C476" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D476" s="1"/>
+      <c r="E476" s="1"/>
       <c r="F476" s="1" t="s">
-        <v>727</v>
+        <v>702</v>
       </c>
       <c r="G476" s="1">
-        <v>182</v>
+        <v>1600</v>
       </c>
       <c r="H476" s="1">
-        <v>0.46</v>
+        <v>0.45</v>
       </c>
       <c r="I476" s="1">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="J476" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="477" spans="1:10">
       <c r="B477" s="1" t="s">
+        <v>1389</v>
+      </c>
+      <c r="C477" s="1" t="s">
         <v>1390</v>
       </c>
-      <c r="C477" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D477" s="1"/>
       <c r="E477" s="1" t="s">
-        <v>13</v>
+        <v>209</v>
       </c>
       <c r="F477" s="1" t="s">
-        <v>727</v>
+        <v>233</v>
       </c>
       <c r="G477" s="1">
-        <v>182</v>
+        <v>0</v>
       </c>
       <c r="H477" s="1">
-        <v>0.46</v>
+        <v>0.18</v>
       </c>
       <c r="I477" s="1">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="J477" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="478" spans="1:10">
       <c r="B478" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C478" s="1" t="s">
         <v>1392</v>
       </c>
-      <c r="C478" s="1" t="s">
+      <c r="D478" s="1"/>
+      <c r="E478" s="1" t="s">
         <v>1393</v>
       </c>
-      <c r="D478" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F478" s="1" t="s">
-        <v>727</v>
+        <v>618</v>
       </c>
       <c r="G478" s="1">
-        <v>182</v>
+        <v>296</v>
       </c>
       <c r="H478" s="1">
-        <v>0.46</v>
+        <v>0.248</v>
       </c>
       <c r="I478" s="1">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="J478" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="479" spans="1:10">
       <c r="B479" s="1" t="s">
         <v>1394</v>
       </c>
       <c r="C479" s="1" t="s">
         <v>1395</v>
       </c>
-      <c r="D479" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D479" s="1"/>
       <c r="E479" s="1" t="s">
-        <v>13</v>
+        <v>209</v>
       </c>
       <c r="F479" s="1" t="s">
-        <v>727</v>
+        <v>836</v>
       </c>
       <c r="G479" s="1">
-        <v>182</v>
+        <v>299</v>
       </c>
       <c r="H479" s="1">
-        <v>0.46</v>
+        <v>0.316</v>
       </c>
       <c r="I479" s="1">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="J479" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="480" spans="1:10">
       <c r="B480" s="1" t="s">
         <v>1396</v>
       </c>
       <c r="C480" s="1" t="s">
         <v>1397</v>
       </c>
       <c r="D480" s="1"/>
-      <c r="E480" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E480" s="1"/>
       <c r="F480" s="1" t="s">
-        <v>241</v>
+        <v>1021</v>
       </c>
       <c r="G480" s="1">
-        <v>119</v>
+        <v>100</v>
       </c>
       <c r="H480" s="1">
-        <v>0.11</v>
+        <v>0.08</v>
       </c>
       <c r="I480" s="1">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="J480" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="481" spans="1:10">
       <c r="B481" s="1" t="s">
         <v>1398</v>
       </c>
       <c r="C481" s="1" t="s">
         <v>1399</v>
       </c>
-      <c r="D481" s="1" t="s">
+      <c r="D481" s="1"/>
+      <c r="E481" s="1"/>
+      <c r="F481" s="1" t="s">
         <v>1400</v>
       </c>
-      <c r="E481" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G481" s="1">
-        <v>90</v>
+        <v>192</v>
       </c>
       <c r="H481" s="1">
-        <v>0.115</v>
+        <v>0.5</v>
       </c>
       <c r="I481" s="1">
-        <v>32.8</v>
+        <v>22</v>
       </c>
       <c r="J481" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="482" spans="1:10">
       <c r="B482" s="1" t="s">
         <v>1401</v>
       </c>
       <c r="C482" s="1" t="s">
         <v>1402</v>
       </c>
       <c r="D482" s="1"/>
       <c r="E482" s="1"/>
       <c r="F482" s="1" t="s">
-        <v>499</v>
+        <v>650</v>
       </c>
       <c r="G482" s="1">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="H482" s="1">
-        <v>0.027</v>
+        <v>0.005</v>
       </c>
       <c r="I482" s="1">
-        <v>6.5</v>
+        <v>2</v>
       </c>
       <c r="J482" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="483" spans="1:10">
       <c r="B483" s="1" t="s">
         <v>1403</v>
       </c>
       <c r="C483" s="1" t="s">
         <v>1404</v>
       </c>
       <c r="D483" s="1"/>
-      <c r="E483" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E483" s="1"/>
       <c r="F483" s="1" t="s">
-        <v>241</v>
+        <v>1405</v>
       </c>
       <c r="G483" s="1">
-        <v>150</v>
+        <v>1461</v>
       </c>
       <c r="H483" s="1">
-        <v>0.14</v>
+        <v>3.012</v>
       </c>
       <c r="I483" s="1">
-        <v>18</v>
+        <v>320</v>
       </c>
       <c r="J483" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="484" spans="1:10">
       <c r="B484" s="1" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="D484" s="1"/>
       <c r="E484" s="1"/>
       <c r="F484" s="1" t="s">
-        <v>562</v>
+        <v>1408</v>
       </c>
       <c r="G484" s="1">
-        <v>1724</v>
+        <v>0</v>
       </c>
       <c r="H484" s="1">
-        <v>0.505</v>
+        <v>0.812</v>
       </c>
       <c r="I484" s="1">
-        <v>47</v>
+        <v>37.5</v>
       </c>
       <c r="J484" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="485" spans="1:10">
       <c r="B485" s="1" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="D485" s="1"/>
       <c r="E485" s="1"/>
       <c r="F485" s="1" t="s">
-        <v>658</v>
+        <v>1411</v>
       </c>
       <c r="G485" s="1">
-        <v>8</v>
+        <v>702</v>
       </c>
       <c r="H485" s="1">
-        <v>0.005</v>
+        <v>0.448</v>
       </c>
       <c r="I485" s="1">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="J485" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="486" spans="1:10">
       <c r="B486" s="1" t="s">
-        <v>1409</v>
+        <v>1412</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>1410</v>
+        <v>1413</v>
       </c>
       <c r="D486" s="1"/>
       <c r="E486" s="1"/>
       <c r="F486" s="1" t="s">
-        <v>626</v>
+        <v>684</v>
       </c>
       <c r="G486" s="1">
-        <v>40</v>
+        <v>1728</v>
       </c>
       <c r="H486" s="1">
-        <v>0.02295</v>
+        <v>0.472</v>
       </c>
       <c r="I486" s="1">
-        <v>6.5</v>
+        <v>69</v>
       </c>
       <c r="J486" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="487" spans="1:10">
       <c r="B487" s="1" t="s">
-        <v>1411</v>
+        <v>1414</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>1412</v>
+        <v>1415</v>
       </c>
       <c r="D487" s="1"/>
-      <c r="E487" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E487" s="1"/>
       <c r="F487" s="1" t="s">
-        <v>241</v>
+        <v>1058</v>
       </c>
       <c r="G487" s="1">
-        <v>168</v>
+        <v>1600</v>
       </c>
       <c r="H487" s="1">
-        <v>0.168</v>
+        <v>0.444</v>
       </c>
       <c r="I487" s="1">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J487" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="488" spans="1:10">
       <c r="B488" s="1" t="s">
-        <v>1413</v>
+        <v>1416</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>1414</v>
+        <v>1417</v>
       </c>
       <c r="D488" s="1"/>
-      <c r="E488" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E488" s="1"/>
       <c r="F488" s="1" t="s">
-        <v>626</v>
+        <v>491</v>
       </c>
       <c r="G488" s="1">
-        <v>112</v>
+        <v>1600</v>
       </c>
       <c r="H488" s="1">
-        <v>0.131</v>
+        <v>0.39</v>
       </c>
       <c r="I488" s="1">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="J488" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="489" spans="1:10">
       <c r="B489" s="1" t="s">
-        <v>1415</v>
+        <v>1418</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>1416</v>
+        <v>1419</v>
       </c>
       <c r="D489" s="1"/>
-      <c r="E489" s="1"/>
+      <c r="E489" s="1" t="s">
+        <v>209</v>
+      </c>
       <c r="F489" s="1" t="s">
-        <v>1417</v>
+        <v>343</v>
       </c>
       <c r="G489" s="1">
-        <v>126</v>
+        <v>170</v>
       </c>
       <c r="H489" s="1">
-        <v>0.196</v>
+        <v>0.14</v>
       </c>
       <c r="I489" s="1">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="J489" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="490" spans="1:10">
       <c r="B490" s="1" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
       <c r="D490" s="1"/>
-      <c r="E490" s="1"/>
+      <c r="E490" s="1" t="s">
+        <v>209</v>
+      </c>
       <c r="F490" s="1" t="s">
-        <v>710</v>
+        <v>343</v>
       </c>
       <c r="G490" s="1">
-        <v>1600</v>
+        <v>257</v>
       </c>
       <c r="H490" s="1">
-        <v>0.45</v>
+        <v>0.206</v>
       </c>
       <c r="I490" s="1">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J490" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="491" spans="1:10">
       <c r="B491" s="1" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
       <c r="D491" s="1"/>
-      <c r="E491" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E491" s="1"/>
       <c r="F491" s="1" t="s">
-        <v>241</v>
+        <v>112</v>
       </c>
       <c r="G491" s="1">
         <v>0</v>
       </c>
       <c r="H491" s="1">
-        <v>0.18</v>
+        <v>0.32</v>
       </c>
       <c r="I491" s="1">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="J491" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="492" spans="1:10">
       <c r="B492" s="1" t="s">
-        <v>1422</v>
+        <v>1424</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>1423</v>
+        <v>1425</v>
       </c>
       <c r="D492" s="1"/>
-      <c r="E492" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E492" s="1"/>
       <c r="F492" s="1" t="s">
-        <v>626</v>
+        <v>112</v>
       </c>
       <c r="G492" s="1">
-        <v>296</v>
+        <v>0</v>
       </c>
       <c r="H492" s="1">
-        <v>0.248</v>
+        <v>0.32</v>
       </c>
       <c r="I492" s="1">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="J492" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="493" spans="1:10">
       <c r="B493" s="1" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="D493" s="1"/>
-      <c r="E493" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E493" s="1"/>
       <c r="F493" s="1" t="s">
-        <v>844</v>
+        <v>112</v>
       </c>
       <c r="G493" s="1">
-        <v>299</v>
+        <v>0</v>
       </c>
       <c r="H493" s="1">
-        <v>0.316</v>
+        <v>0.32</v>
       </c>
       <c r="I493" s="1">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="J493" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="494" spans="1:10">
       <c r="B494" s="1" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="D494" s="1"/>
       <c r="E494" s="1"/>
       <c r="F494" s="1" t="s">
-        <v>1029</v>
+        <v>491</v>
       </c>
       <c r="G494" s="1">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="H494" s="1">
-        <v>0.08</v>
+        <v>0.019</v>
       </c>
       <c r="I494" s="1">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="J494" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="495" spans="1:10">
       <c r="B495" s="1" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="D495" s="1"/>
       <c r="E495" s="1"/>
       <c r="F495" s="1" t="s">
-        <v>1431</v>
+        <v>206</v>
       </c>
       <c r="G495" s="1">
-        <v>192</v>
+        <v>12</v>
       </c>
       <c r="H495" s="1">
-        <v>0.5</v>
+        <v>0.24</v>
       </c>
       <c r="I495" s="1">
-        <v>22</v>
+        <v>18.5</v>
       </c>
       <c r="J495" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="496" spans="1:10">
       <c r="B496" s="1" t="s">
         <v>1432</v>
       </c>
       <c r="C496" s="1" t="s">
         <v>1433</v>
       </c>
       <c r="D496" s="1"/>
       <c r="E496" s="1"/>
       <c r="F496" s="1" t="s">
-        <v>658</v>
+        <v>1434</v>
       </c>
       <c r="G496" s="1">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="H496" s="1">
-        <v>0.005</v>
+        <v>0.6</v>
       </c>
       <c r="I496" s="1">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="J496" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="497" spans="1:10">
       <c r="B497" s="1" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="D497" s="1"/>
       <c r="E497" s="1"/>
       <c r="F497" s="1" t="s">
-        <v>1436</v>
+        <v>650</v>
       </c>
       <c r="G497" s="1">
-        <v>1461</v>
+        <v>0</v>
       </c>
       <c r="H497" s="1">
-        <v>3.012</v>
+        <v>0.005</v>
       </c>
       <c r="I497" s="1">
-        <v>320</v>
+        <v>2</v>
       </c>
       <c r="J497" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="498" spans="1:10">
       <c r="B498" s="1" t="s">
         <v>1437</v>
       </c>
       <c r="C498" s="1" t="s">
         <v>1438</v>
       </c>
       <c r="D498" s="1"/>
       <c r="E498" s="1"/>
       <c r="F498" s="1" t="s">
-        <v>1439</v>
+        <v>491</v>
       </c>
       <c r="G498" s="1">
-        <v>0</v>
+        <v>38</v>
       </c>
       <c r="H498" s="1">
-        <v>0.812</v>
+        <v>0.08</v>
       </c>
       <c r="I498" s="1">
-        <v>37.5</v>
+        <v>16</v>
       </c>
       <c r="J498" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="499" spans="1:10">
       <c r="B499" s="1" t="s">
+        <v>1439</v>
+      </c>
+      <c r="C499" s="1" t="s">
         <v>1440</v>
-      </c>
-[...1 lines deleted...]
-        <v>1441</v>
       </c>
       <c r="D499" s="1"/>
       <c r="E499" s="1"/>
       <c r="F499" s="1" t="s">
-        <v>1442</v>
+        <v>1441</v>
       </c>
       <c r="G499" s="1">
-        <v>702</v>
+        <v>64</v>
       </c>
       <c r="H499" s="1">
-        <v>0.448</v>
+        <v>0.06</v>
       </c>
       <c r="I499" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="J499" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="500" spans="1:10">
       <c r="B500" s="1" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C500" s="1" t="s">
         <v>1443</v>
-      </c>
-[...1 lines deleted...]
-        <v>1444</v>
       </c>
       <c r="D500" s="1"/>
       <c r="E500" s="1"/>
       <c r="F500" s="1" t="s">
-        <v>692</v>
+        <v>1077</v>
       </c>
       <c r="G500" s="1">
-        <v>1728</v>
+        <v>0</v>
       </c>
       <c r="H500" s="1">
-        <v>0.472</v>
+        <v>0.18</v>
       </c>
       <c r="I500" s="1">
-        <v>69</v>
+        <v>14</v>
       </c>
       <c r="J500" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="501" spans="1:10">
       <c r="B501" s="1" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C501" s="1" t="s">
         <v>1445</v>
-      </c>
-[...1 lines deleted...]
-        <v>1446</v>
       </c>
       <c r="D501" s="1"/>
       <c r="E501" s="1"/>
       <c r="F501" s="1" t="s">
-        <v>1066</v>
+        <v>1446</v>
       </c>
       <c r="G501" s="1">
-        <v>1600</v>
+        <v>16.5</v>
       </c>
       <c r="H501" s="1">
-        <v>0.444</v>
+        <v>0.15</v>
       </c>
       <c r="I501" s="1">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="J501" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="502" spans="1:10">
       <c r="B502" s="1" t="s">
         <v>1447</v>
       </c>
       <c r="C502" s="1" t="s">
         <v>1448</v>
       </c>
       <c r="D502" s="1"/>
       <c r="E502" s="1"/>
       <c r="F502" s="1" t="s">
-        <v>499</v>
+        <v>210</v>
       </c>
       <c r="G502" s="1">
-        <v>1600</v>
+        <v>64</v>
       </c>
       <c r="H502" s="1">
-        <v>0.39</v>
+        <v>0.62</v>
       </c>
       <c r="I502" s="1">
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="J502" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="503" spans="1:10">
       <c r="B503" s="1" t="s">
         <v>1449</v>
       </c>
       <c r="C503" s="1" t="s">
         <v>1450</v>
       </c>
       <c r="D503" s="1"/>
-      <c r="E503" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E503" s="1"/>
       <c r="F503" s="1" t="s">
-        <v>351</v>
+        <v>1451</v>
       </c>
       <c r="G503" s="1">
-        <v>170</v>
+        <v>648</v>
       </c>
       <c r="H503" s="1">
-        <v>0.14</v>
+        <v>0.956</v>
       </c>
       <c r="I503" s="1">
-        <v>17</v>
+        <v>87</v>
       </c>
       <c r="J503" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="504" spans="1:10">
       <c r="B504" s="1" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C504" s="1" t="s">
+        <v>1453</v>
+      </c>
+      <c r="D504" s="1"/>
+      <c r="E504" s="1"/>
+      <c r="F504" s="1" t="s">
         <v>1451</v>
       </c>
-      <c r="C504" s="1" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="G504" s="1">
-        <v>257</v>
+        <v>400</v>
       </c>
       <c r="H504" s="1">
-        <v>0.206</v>
+        <v>0.652</v>
       </c>
       <c r="I504" s="1">
-        <v>26</v>
+        <v>88</v>
       </c>
       <c r="J504" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="505" spans="1:10">
       <c r="B505" s="1" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="D505" s="1"/>
       <c r="E505" s="1"/>
       <c r="F505" s="1" t="s">
-        <v>120</v>
+        <v>618</v>
       </c>
       <c r="G505" s="1">
-        <v>0</v>
+        <v>128</v>
       </c>
       <c r="H505" s="1">
-        <v>0.32</v>
+        <v>0.156</v>
       </c>
       <c r="I505" s="1">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="J505" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="506" spans="1:10">
       <c r="B506" s="1" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="D506" s="1"/>
-      <c r="E506" s="1"/>
+      <c r="E506" s="1" t="s">
+        <v>727</v>
+      </c>
       <c r="F506" s="1" t="s">
-        <v>120</v>
+        <v>1458</v>
       </c>
       <c r="G506" s="1">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="H506" s="1">
-        <v>0.32</v>
+        <v>0.046</v>
       </c>
       <c r="I506" s="1">
-        <v>28</v>
+        <v>5</v>
       </c>
       <c r="J506" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="507" spans="1:10">
       <c r="B507" s="1" t="s">
-        <v>1457</v>
+        <v>1459</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>1458</v>
+        <v>1460</v>
       </c>
       <c r="D507" s="1"/>
-      <c r="E507" s="1"/>
+      <c r="E507" s="1" t="s">
+        <v>673</v>
+      </c>
       <c r="F507" s="1" t="s">
-        <v>120</v>
+        <v>1461</v>
       </c>
       <c r="G507" s="1">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="H507" s="1">
-        <v>0.32</v>
+        <v>0.052</v>
       </c>
       <c r="I507" s="1">
-        <v>22</v>
+        <v>6.5</v>
       </c>
       <c r="J507" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="508" spans="1:10">
       <c r="B508" s="1" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>1460</v>
+        <v>1463</v>
       </c>
       <c r="D508" s="1"/>
       <c r="E508" s="1"/>
       <c r="F508" s="1" t="s">
-        <v>499</v>
+        <v>684</v>
       </c>
       <c r="G508" s="1">
-        <v>0</v>
+        <v>1072</v>
       </c>
       <c r="H508" s="1">
-        <v>0.019</v>
+        <v>0.465</v>
       </c>
       <c r="I508" s="1">
-        <v>6</v>
+        <v>39</v>
       </c>
       <c r="J508" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="509" spans="1:10">
       <c r="B509" s="1" t="s">
-        <v>1461</v>
+        <v>1464</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="D509" s="1"/>
       <c r="E509" s="1"/>
       <c r="F509" s="1" t="s">
-        <v>214</v>
+        <v>233</v>
       </c>
       <c r="G509" s="1">
-        <v>12</v>
+        <v>112</v>
       </c>
       <c r="H509" s="1">
-        <v>0.24</v>
+        <v>0.09769</v>
       </c>
       <c r="I509" s="1">
-        <v>18.5</v>
+        <v>15.5</v>
       </c>
       <c r="J509" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="510" spans="1:10">
       <c r="B510" s="1" t="s">
-        <v>1463</v>
+        <v>1466</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>1464</v>
+        <v>1467</v>
       </c>
       <c r="D510" s="1"/>
       <c r="E510" s="1"/>
       <c r="F510" s="1" t="s">
-        <v>1465</v>
+        <v>1468</v>
       </c>
       <c r="G510" s="1">
-        <v>32</v>
+        <v>120</v>
       </c>
       <c r="H510" s="1">
-        <v>0.6</v>
+        <v>0.5</v>
       </c>
       <c r="I510" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="J510" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="511" spans="1:10">
       <c r="B511" s="1" t="s">
-        <v>1466</v>
+        <v>1469</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>1467</v>
+        <v>1470</v>
       </c>
       <c r="D511" s="1"/>
       <c r="E511" s="1"/>
       <c r="F511" s="1" t="s">
-        <v>658</v>
+        <v>618</v>
       </c>
       <c r="G511" s="1">
-        <v>0</v>
+        <v>144</v>
       </c>
       <c r="H511" s="1">
-        <v>0.005</v>
+        <v>0.15515</v>
       </c>
       <c r="I511" s="1">
-        <v>2</v>
+        <v>67</v>
       </c>
       <c r="J511" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="512" spans="1:10">
       <c r="B512" s="1" t="s">
-        <v>1468</v>
+        <v>1471</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>1469</v>
+        <v>1472</v>
       </c>
       <c r="D512" s="1"/>
-      <c r="E512" s="1"/>
+      <c r="E512" s="1" t="s">
+        <v>1473</v>
+      </c>
       <c r="F512" s="1" t="s">
-        <v>499</v>
+        <v>688</v>
       </c>
       <c r="G512" s="1">
-        <v>38</v>
+        <v>132</v>
       </c>
       <c r="H512" s="1">
-        <v>0.08</v>
+        <v>0.00078</v>
       </c>
       <c r="I512" s="1">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="J512" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="513" spans="1:10">
       <c r="B513" s="1" t="s">
-        <v>1470</v>
+        <v>1474</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>1471</v>
+        <v>1475</v>
       </c>
       <c r="D513" s="1"/>
-      <c r="E513" s="1"/>
+      <c r="E513" s="1" t="s">
+        <v>1476</v>
+      </c>
       <c r="F513" s="1" t="s">
-        <v>1472</v>
+        <v>688</v>
       </c>
       <c r="G513" s="1">
-        <v>64</v>
+        <v>364</v>
       </c>
       <c r="H513" s="1">
-        <v>0.06</v>
+        <v>0.198</v>
       </c>
       <c r="I513" s="1">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="J513" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="514" spans="1:10">
       <c r="B514" s="1" t="s">
-        <v>1473</v>
+        <v>1477</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>1474</v>
+        <v>1478</v>
       </c>
       <c r="D514" s="1"/>
-      <c r="E514" s="1"/>
+      <c r="E514" s="1" t="s">
+        <v>1479</v>
+      </c>
       <c r="F514" s="1" t="s">
-        <v>1085</v>
+        <v>688</v>
       </c>
       <c r="G514" s="1">
-        <v>0</v>
+        <v>80</v>
       </c>
       <c r="H514" s="1">
-        <v>0.18</v>
+        <v>0.00052</v>
       </c>
       <c r="I514" s="1">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="J514" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="515" spans="1:10">
       <c r="B515" s="1" t="s">
-        <v>1475</v>
+        <v>1480</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>1476</v>
+        <v>1481</v>
       </c>
       <c r="D515" s="1"/>
-      <c r="E515" s="1"/>
+      <c r="E515" s="1" t="s">
+        <v>1482</v>
+      </c>
       <c r="F515" s="1" t="s">
-        <v>1477</v>
+        <v>688</v>
       </c>
       <c r="G515" s="1">
-        <v>16.5</v>
+        <v>138</v>
       </c>
       <c r="H515" s="1">
-        <v>0.15</v>
+        <v>0.00082</v>
       </c>
       <c r="I515" s="1">
-        <v>22</v>
+        <v>14.5</v>
       </c>
       <c r="J515" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="516" spans="1:10">
       <c r="B516" s="1" t="s">
-        <v>1478</v>
+        <v>1483</v>
       </c>
       <c r="C516" s="1" t="s">
+        <v>1484</v>
+      </c>
+      <c r="D516" s="1"/>
+      <c r="E516" s="1" t="s">
         <v>1479</v>
       </c>
-      <c r="D516" s="1"/>
-      <c r="E516" s="1"/>
       <c r="F516" s="1" t="s">
-        <v>218</v>
+        <v>592</v>
       </c>
       <c r="G516" s="1">
-        <v>64</v>
+        <v>222</v>
       </c>
       <c r="H516" s="1">
-        <v>0.62</v>
+        <v>0.124</v>
       </c>
       <c r="I516" s="1">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="J516" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="517" spans="1:10">
       <c r="B517" s="1" t="s">
-        <v>1480</v>
+        <v>1485</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>1481</v>
+        <v>1486</v>
       </c>
       <c r="D517" s="1"/>
-      <c r="E517" s="1"/>
+      <c r="E517" s="1" t="s">
+        <v>1487</v>
+      </c>
       <c r="F517" s="1" t="s">
-        <v>1482</v>
+        <v>618</v>
       </c>
       <c r="G517" s="1">
-        <v>648</v>
+        <v>264</v>
       </c>
       <c r="H517" s="1">
-        <v>0.956</v>
+        <v>0.29179</v>
       </c>
       <c r="I517" s="1">
-        <v>87</v>
+        <v>25.5</v>
       </c>
       <c r="J517" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="518" spans="1:10">
       <c r="B518" s="1" t="s">
-        <v>1483</v>
+        <v>1488</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>1484</v>
+        <v>1489</v>
       </c>
       <c r="D518" s="1"/>
-      <c r="E518" s="1"/>
+      <c r="E518" s="1" t="s">
+        <v>1490</v>
+      </c>
       <c r="F518" s="1" t="s">
-        <v>1482</v>
+        <v>233</v>
       </c>
       <c r="G518" s="1">
-        <v>400</v>
+        <v>112</v>
       </c>
       <c r="H518" s="1">
-        <v>0.652</v>
+        <v>0.09759</v>
       </c>
       <c r="I518" s="1">
-        <v>88</v>
+        <v>24</v>
       </c>
       <c r="J518" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="519" spans="1:10">
       <c r="B519" s="1" t="s">
-        <v>1485</v>
+        <v>1491</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>1486</v>
+        <v>1492</v>
       </c>
       <c r="D519" s="1"/>
-      <c r="E519" s="1"/>
+      <c r="E519" s="1" t="s">
+        <v>1110</v>
+      </c>
       <c r="F519" s="1" t="s">
-        <v>626</v>
+        <v>491</v>
       </c>
       <c r="G519" s="1">
-        <v>128</v>
+        <v>32</v>
       </c>
       <c r="H519" s="1">
-        <v>0.156</v>
+        <v>0.01965</v>
       </c>
       <c r="I519" s="1">
-        <v>19</v>
+        <v>6.5</v>
       </c>
       <c r="J519" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="520" spans="1:10">
       <c r="B520" s="1" t="s">
-        <v>1487</v>
+        <v>1493</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>1488</v>
+        <v>1494</v>
       </c>
       <c r="D520" s="1"/>
       <c r="E520" s="1" t="s">
-        <v>735</v>
+        <v>1495</v>
       </c>
       <c r="F520" s="1" t="s">
-        <v>1489</v>
+        <v>1496</v>
       </c>
       <c r="G520" s="1">
-        <v>40</v>
+        <v>144</v>
       </c>
       <c r="H520" s="1">
-        <v>0.046</v>
+        <v>0.099</v>
       </c>
       <c r="I520" s="1">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="J520" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="521" spans="1:10">
       <c r="B521" s="1" t="s">
-        <v>1490</v>
+        <v>1497</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>1491</v>
+        <v>1498</v>
       </c>
       <c r="D521" s="1"/>
-      <c r="E521" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E521" s="1"/>
       <c r="F521" s="1" t="s">
-        <v>1492</v>
+        <v>491</v>
       </c>
       <c r="G521" s="1">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="H521" s="1">
-        <v>0.052</v>
+        <v>0.08</v>
       </c>
       <c r="I521" s="1">
-        <v>6.5</v>
+        <v>16</v>
       </c>
       <c r="J521" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="522" spans="1:10">
       <c r="B522" s="1" t="s">
-        <v>1493</v>
+        <v>1499</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>1494</v>
+        <v>1500</v>
       </c>
       <c r="D522" s="1"/>
       <c r="E522" s="1" t="s">
-        <v>22</v>
+        <v>1501</v>
       </c>
       <c r="F522" s="1" t="s">
-        <v>1495</v>
+        <v>688</v>
       </c>
       <c r="G522" s="1">
-        <v>141</v>
+        <v>322</v>
       </c>
       <c r="H522" s="1">
-        <v>0.148</v>
+        <v>0.166</v>
       </c>
       <c r="I522" s="1">
-        <v>9.5</v>
+        <v>22.5</v>
       </c>
       <c r="J522" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="523" spans="1:10">
       <c r="B523" s="1" t="s">
-        <v>1496</v>
+        <v>1502</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>1497</v>
+        <v>1503</v>
       </c>
       <c r="D523" s="1"/>
-      <c r="E523" s="1"/>
+      <c r="E523" s="1" t="s">
+        <v>1501</v>
+      </c>
       <c r="F523" s="1" t="s">
-        <v>692</v>
+        <v>688</v>
       </c>
       <c r="G523" s="1">
-        <v>1072</v>
+        <v>150</v>
       </c>
       <c r="H523" s="1">
-        <v>0.465</v>
+        <v>0.0004</v>
       </c>
       <c r="I523" s="1">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="J523" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="524" spans="1:10">
       <c r="B524" s="1" t="s">
-        <v>1498</v>
+        <v>1504</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>1499</v>
+        <v>1505</v>
       </c>
       <c r="D524" s="1"/>
-      <c r="E524" s="1"/>
+      <c r="E524" s="1" t="s">
+        <v>1506</v>
+      </c>
       <c r="F524" s="1" t="s">
-        <v>241</v>
+        <v>688</v>
       </c>
       <c r="G524" s="1">
-        <v>112</v>
+        <v>382</v>
       </c>
       <c r="H524" s="1">
-        <v>0.09769</v>
+        <v>0.204</v>
       </c>
       <c r="I524" s="1">
-        <v>15.5</v>
+        <v>29</v>
       </c>
       <c r="J524" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="525" spans="1:10">
       <c r="B525" s="1" t="s">
-        <v>1500</v>
+        <v>1507</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>1501</v>
+        <v>1508</v>
       </c>
       <c r="D525" s="1"/>
-      <c r="E525" s="1"/>
+      <c r="E525" s="1" t="s">
+        <v>1509</v>
+      </c>
       <c r="F525" s="1" t="s">
-        <v>1502</v>
+        <v>688</v>
       </c>
       <c r="G525" s="1">
-        <v>120</v>
+        <v>422</v>
       </c>
       <c r="H525" s="1">
-        <v>0.5</v>
+        <v>0.226</v>
       </c>
       <c r="I525" s="1">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="J525" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="526" spans="1:10">
       <c r="B526" s="1" t="s">
-        <v>1503</v>
+        <v>1510</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>1504</v>
+        <v>1511</v>
       </c>
       <c r="D526" s="1"/>
-      <c r="E526" s="1"/>
+      <c r="E526" s="1" t="s">
+        <v>1512</v>
+      </c>
       <c r="F526" s="1" t="s">
-        <v>626</v>
+        <v>688</v>
       </c>
       <c r="G526" s="1">
-        <v>144</v>
+        <v>268</v>
       </c>
       <c r="H526" s="1">
-        <v>0.15515</v>
+        <v>0.148</v>
       </c>
       <c r="I526" s="1">
-        <v>67</v>
+        <v>19</v>
       </c>
       <c r="J526" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="527" spans="1:10">
       <c r="B527" s="1" t="s">
-        <v>1505</v>
+        <v>1513</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>1506</v>
+        <v>1514</v>
       </c>
       <c r="D527" s="1"/>
       <c r="E527" s="1" t="s">
-        <v>1507</v>
+        <v>1515</v>
       </c>
       <c r="F527" s="1" t="s">
-        <v>696</v>
+        <v>688</v>
       </c>
       <c r="G527" s="1">
-        <v>132</v>
+        <v>500</v>
       </c>
       <c r="H527" s="1">
-        <v>0.00078</v>
+        <v>0.268</v>
       </c>
       <c r="I527" s="1">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="J527" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="528" spans="1:10">
       <c r="B528" s="1" t="s">
-        <v>1508</v>
+        <v>1516</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>1509</v>
+        <v>1517</v>
       </c>
       <c r="D528" s="1"/>
       <c r="E528" s="1" t="s">
-        <v>1510</v>
+        <v>807</v>
       </c>
       <c r="F528" s="1" t="s">
-        <v>696</v>
+        <v>1518</v>
       </c>
       <c r="G528" s="1">
-        <v>364</v>
+        <v>63</v>
       </c>
       <c r="H528" s="1">
-        <v>0.198</v>
+        <v>0.158</v>
       </c>
       <c r="I528" s="1">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="J528" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="529" spans="1:10">
       <c r="B529" s="1" t="s">
-        <v>1511</v>
+        <v>1519</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>1512</v>
+        <v>1520</v>
       </c>
       <c r="D529" s="1"/>
       <c r="E529" s="1" t="s">
-        <v>1513</v>
+        <v>807</v>
       </c>
       <c r="F529" s="1" t="s">
-        <v>696</v>
+        <v>1518</v>
       </c>
       <c r="G529" s="1">
-        <v>80</v>
+        <v>56</v>
       </c>
       <c r="H529" s="1">
-        <v>0.00052</v>
+        <v>0.144</v>
       </c>
       <c r="I529" s="1">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="J529" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="530" spans="1:10">
       <c r="B530" s="1" t="s">
-        <v>1514</v>
+        <v>1521</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>1515</v>
+        <v>1522</v>
       </c>
       <c r="D530" s="1"/>
       <c r="E530" s="1" t="s">
-        <v>1516</v>
+        <v>807</v>
       </c>
       <c r="F530" s="1" t="s">
-        <v>696</v>
+        <v>1518</v>
       </c>
       <c r="G530" s="1">
-        <v>138</v>
+        <v>64</v>
       </c>
       <c r="H530" s="1">
-        <v>0.00082</v>
+        <v>0.158</v>
       </c>
       <c r="I530" s="1">
-        <v>14.5</v>
+        <v>19</v>
       </c>
       <c r="J530" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="531" spans="1:10">
       <c r="B531" s="1" t="s">
-        <v>1517</v>
+        <v>1523</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>1518</v>
+        <v>1524</v>
       </c>
       <c r="D531" s="1"/>
       <c r="E531" s="1" t="s">
-        <v>1513</v>
+        <v>807</v>
       </c>
       <c r="F531" s="1" t="s">
-        <v>600</v>
+        <v>233</v>
       </c>
       <c r="G531" s="1">
-        <v>222</v>
+        <v>32</v>
       </c>
       <c r="H531" s="1">
-        <v>0.124</v>
+        <v>0.05</v>
       </c>
       <c r="I531" s="1">
-        <v>19</v>
+        <v>8.6</v>
       </c>
       <c r="J531" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="532" spans="1:10">
       <c r="B532" s="1" t="s">
-        <v>1519</v>
+        <v>1525</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>1520</v>
+        <v>1526</v>
       </c>
       <c r="D532" s="1"/>
       <c r="E532" s="1" t="s">
-        <v>1521</v>
+        <v>807</v>
       </c>
       <c r="F532" s="1" t="s">
-        <v>626</v>
+        <v>233</v>
       </c>
       <c r="G532" s="1">
-        <v>264</v>
+        <v>32</v>
       </c>
       <c r="H532" s="1">
-        <v>0.29179</v>
+        <v>0.05</v>
       </c>
       <c r="I532" s="1">
-        <v>25.5</v>
+        <v>15</v>
       </c>
       <c r="J532" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="533" spans="1:10">
       <c r="B533" s="1" t="s">
-        <v>1522</v>
+        <v>1527</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>1523</v>
+        <v>1528</v>
       </c>
       <c r="D533" s="1"/>
       <c r="E533" s="1" t="s">
-        <v>1524</v>
+        <v>807</v>
       </c>
       <c r="F533" s="1" t="s">
-        <v>241</v>
+        <v>491</v>
       </c>
       <c r="G533" s="1">
-        <v>112</v>
+        <v>88</v>
       </c>
       <c r="H533" s="1">
-        <v>0.09759</v>
+        <v>0.054</v>
       </c>
       <c r="I533" s="1">
-        <v>24</v>
+        <v>13.5</v>
       </c>
       <c r="J533" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="534" spans="1:10">
       <c r="B534" s="1" t="s">
-        <v>1525</v>
+        <v>1529</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>1526</v>
+        <v>1530</v>
       </c>
       <c r="D534" s="1"/>
       <c r="E534" s="1" t="s">
-        <v>1118</v>
+        <v>807</v>
       </c>
       <c r="F534" s="1" t="s">
-        <v>499</v>
+        <v>491</v>
       </c>
       <c r="G534" s="1">
-        <v>32</v>
+        <v>80</v>
       </c>
       <c r="H534" s="1">
-        <v>0.01965</v>
+        <v>0.048</v>
       </c>
       <c r="I534" s="1">
-        <v>6.5</v>
+        <v>10</v>
       </c>
       <c r="J534" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="535" spans="1:10">
       <c r="B535" s="1" t="s">
-        <v>1527</v>
+        <v>1531</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>1528</v>
+        <v>1532</v>
       </c>
       <c r="D535" s="1"/>
       <c r="E535" s="1" t="s">
-        <v>1529</v>
+        <v>807</v>
       </c>
       <c r="F535" s="1" t="s">
-        <v>1530</v>
+        <v>491</v>
       </c>
       <c r="G535" s="1">
-        <v>144</v>
+        <v>112</v>
       </c>
       <c r="H535" s="1">
-        <v>0.099</v>
+        <v>0.066</v>
       </c>
       <c r="I535" s="1">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="J535" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="536" spans="1:10">
       <c r="B536" s="1" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="D536" s="1"/>
       <c r="E536" s="1"/>
       <c r="F536" s="1" t="s">
-        <v>499</v>
+        <v>821</v>
       </c>
       <c r="G536" s="1">
-        <v>80</v>
+        <v>168</v>
       </c>
       <c r="H536" s="1">
-        <v>0.08</v>
+        <v>0.156</v>
       </c>
       <c r="I536" s="1">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="J536" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="537" spans="1:10">
       <c r="B537" s="1" t="s">
-        <v>1533</v>
+        <v>1535</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>1534</v>
+        <v>1536</v>
       </c>
       <c r="D537" s="1"/>
       <c r="E537" s="1" t="s">
-        <v>1535</v>
+        <v>807</v>
       </c>
       <c r="F537" s="1" t="s">
-        <v>696</v>
+        <v>233</v>
       </c>
       <c r="G537" s="1">
-        <v>322</v>
+        <v>112</v>
       </c>
       <c r="H537" s="1">
-        <v>0.166</v>
+        <v>0.1</v>
       </c>
       <c r="I537" s="1">
-        <v>22.5</v>
+        <v>18</v>
       </c>
       <c r="J537" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="538" spans="1:10">
       <c r="B538" s="1" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="D538" s="1"/>
       <c r="E538" s="1" t="s">
-        <v>1535</v>
+        <v>807</v>
       </c>
       <c r="F538" s="1" t="s">
-        <v>696</v>
+        <v>233</v>
       </c>
       <c r="G538" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="H538" s="1">
-        <v>0.0004</v>
+        <v>0.14</v>
       </c>
       <c r="I538" s="1">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="J538" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="539" spans="1:10">
       <c r="B539" s="1" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="D539" s="1"/>
       <c r="E539" s="1" t="s">
-        <v>1540</v>
+        <v>807</v>
       </c>
       <c r="F539" s="1" t="s">
-        <v>696</v>
+        <v>618</v>
       </c>
       <c r="G539" s="1">
-        <v>382</v>
+        <v>160</v>
       </c>
       <c r="H539" s="1">
-        <v>0.204</v>
+        <v>0.18577</v>
       </c>
       <c r="I539" s="1">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="J539" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="540" spans="1:10">
       <c r="B540" s="1" t="s">
         <v>1541</v>
       </c>
       <c r="C540" s="1" t="s">
         <v>1542</v>
       </c>
       <c r="D540" s="1"/>
       <c r="E540" s="1" t="s">
-        <v>1543</v>
+        <v>807</v>
       </c>
       <c r="F540" s="1" t="s">
-        <v>696</v>
+        <v>618</v>
       </c>
       <c r="G540" s="1">
-        <v>422</v>
+        <v>184</v>
       </c>
       <c r="H540" s="1">
-        <v>0.226</v>
+        <v>0.212</v>
       </c>
       <c r="I540" s="1">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="J540" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="541" spans="1:10">
       <c r="B541" s="1" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C541" s="1" t="s">
         <v>1544</v>
-      </c>
-[...1 lines deleted...]
-        <v>1545</v>
       </c>
       <c r="D541" s="1"/>
       <c r="E541" s="1" t="s">
-        <v>1546</v>
+        <v>807</v>
       </c>
       <c r="F541" s="1" t="s">
-        <v>696</v>
+        <v>618</v>
       </c>
       <c r="G541" s="1">
-        <v>268</v>
+        <v>112</v>
       </c>
       <c r="H541" s="1">
-        <v>0.148</v>
+        <v>0.138</v>
       </c>
       <c r="I541" s="1">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="J541" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="542" spans="1:10">
       <c r="B542" s="1" t="s">
-        <v>1547</v>
+        <v>1545</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>1548</v>
+        <v>1546</v>
       </c>
       <c r="D542" s="1"/>
       <c r="E542" s="1" t="s">
-        <v>1549</v>
+        <v>209</v>
       </c>
       <c r="F542" s="1" t="s">
-        <v>696</v>
+        <v>343</v>
       </c>
       <c r="G542" s="1">
-        <v>500</v>
+        <v>178</v>
       </c>
       <c r="H542" s="1">
-        <v>0.268</v>
+        <v>0.15</v>
       </c>
       <c r="I542" s="1">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="J542" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="543" spans="1:10">
       <c r="B543" s="1" t="s">
-        <v>1550</v>
+        <v>1547</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>1551</v>
+        <v>1548</v>
       </c>
       <c r="D543" s="1"/>
       <c r="E543" s="1" t="s">
-        <v>815</v>
+        <v>209</v>
       </c>
       <c r="F543" s="1" t="s">
-        <v>1552</v>
+        <v>233</v>
       </c>
       <c r="G543" s="1">
-        <v>63</v>
+        <v>116</v>
       </c>
       <c r="H543" s="1">
-        <v>0.158</v>
+        <v>0.108</v>
       </c>
       <c r="I543" s="1">
-        <v>19</v>
+        <v>15.5</v>
       </c>
       <c r="J543" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="544" spans="1:10">
       <c r="B544" s="1" t="s">
-        <v>1553</v>
+        <v>1549</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>1554</v>
+        <v>1550</v>
       </c>
       <c r="D544" s="1"/>
       <c r="E544" s="1" t="s">
-        <v>815</v>
+        <v>628</v>
       </c>
       <c r="F544" s="1" t="s">
-        <v>1552</v>
+        <v>1551</v>
       </c>
       <c r="G544" s="1">
-        <v>56</v>
+        <v>190</v>
       </c>
       <c r="H544" s="1">
-        <v>0.144</v>
+        <v>0.216</v>
       </c>
       <c r="I544" s="1">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="J544" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="545" spans="1:10">
       <c r="B545" s="1" t="s">
-        <v>1555</v>
+        <v>1552</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>1556</v>
+        <v>1553</v>
       </c>
       <c r="D545" s="1"/>
       <c r="E545" s="1" t="s">
-        <v>815</v>
+        <v>1554</v>
       </c>
       <c r="F545" s="1" t="s">
-        <v>1552</v>
+        <v>583</v>
       </c>
       <c r="G545" s="1">
-        <v>64</v>
+        <v>240</v>
       </c>
       <c r="H545" s="1">
-        <v>0.158</v>
+        <v>0.5</v>
       </c>
       <c r="I545" s="1">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="J545" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="546" spans="1:10">
       <c r="B546" s="1" t="s">
-        <v>1557</v>
+        <v>1555</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>1558</v>
+        <v>1556</v>
       </c>
       <c r="D546" s="1"/>
-      <c r="E546" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E546" s="1"/>
       <c r="F546" s="1" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
       <c r="G546" s="1">
-        <v>32</v>
+        <v>192</v>
       </c>
       <c r="H546" s="1">
-        <v>0.05</v>
+        <v>0.15589</v>
       </c>
       <c r="I546" s="1">
-        <v>8.6</v>
+        <v>36</v>
       </c>
       <c r="J546" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="547" spans="1:10">
       <c r="B547" s="1" t="s">
-        <v>1559</v>
+        <v>1557</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>1560</v>
+        <v>1558</v>
       </c>
       <c r="D547" s="1"/>
       <c r="E547" s="1" t="s">
-        <v>815</v>
+        <v>1559</v>
       </c>
       <c r="F547" s="1" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
       <c r="G547" s="1">
-        <v>32</v>
+        <v>160</v>
       </c>
       <c r="H547" s="1">
-        <v>0.05</v>
+        <v>0.13652</v>
       </c>
       <c r="I547" s="1">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="J547" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="548" spans="1:10">
       <c r="B548" s="1" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C548" s="1" t="s">
         <v>1561</v>
-      </c>
-[...1 lines deleted...]
-        <v>1562</v>
       </c>
       <c r="D548" s="1"/>
       <c r="E548" s="1" t="s">
-        <v>815</v>
+        <v>1562</v>
       </c>
       <c r="F548" s="1" t="s">
-        <v>499</v>
+        <v>233</v>
       </c>
       <c r="G548" s="1">
-        <v>88</v>
+        <v>64</v>
       </c>
       <c r="H548" s="1">
-        <v>0.054</v>
+        <v>0.05817</v>
       </c>
       <c r="I548" s="1">
-        <v>13.5</v>
+        <v>16</v>
       </c>
       <c r="J548" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="549" spans="1:10">
       <c r="B549" s="1" t="s">
         <v>1563</v>
       </c>
       <c r="C549" s="1" t="s">
         <v>1564</v>
       </c>
       <c r="D549" s="1"/>
       <c r="E549" s="1" t="s">
-        <v>815</v>
+        <v>1565</v>
       </c>
       <c r="F549" s="1" t="s">
-        <v>499</v>
+        <v>881</v>
       </c>
       <c r="G549" s="1">
-        <v>80</v>
+        <v>176</v>
       </c>
       <c r="H549" s="1">
-        <v>0.048</v>
+        <v>0.27317</v>
       </c>
       <c r="I549" s="1">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="J549" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="550" spans="1:10">
       <c r="B550" s="1" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="D550" s="1"/>
       <c r="E550" s="1" t="s">
-        <v>815</v>
+        <v>1210</v>
       </c>
       <c r="F550" s="1" t="s">
-        <v>499</v>
+        <v>1568</v>
       </c>
       <c r="G550" s="1">
-        <v>112</v>
+        <v>39</v>
       </c>
       <c r="H550" s="1">
-        <v>0.066</v>
+        <v>0.072</v>
       </c>
       <c r="I550" s="1">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="J550" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="551" spans="1:10">
       <c r="B551" s="1" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
       <c r="D551" s="1"/>
-      <c r="E551" s="1"/>
+      <c r="E551" s="1" t="s">
+        <v>1571</v>
+      </c>
       <c r="F551" s="1" t="s">
-        <v>829</v>
+        <v>742</v>
       </c>
       <c r="G551" s="1">
-        <v>168</v>
+        <v>39</v>
       </c>
       <c r="H551" s="1">
-        <v>0.156</v>
+        <v>0.072</v>
       </c>
       <c r="I551" s="1">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="J551" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="552" spans="1:10">
       <c r="B552" s="1" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="D552" s="1"/>
-      <c r="E552" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E552" s="1"/>
       <c r="F552" s="1" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
       <c r="G552" s="1">
-        <v>112</v>
+        <v>128</v>
       </c>
       <c r="H552" s="1">
-        <v>0.1</v>
+        <v>0.11126</v>
       </c>
       <c r="I552" s="1">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="J552" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="553" spans="1:10">
       <c r="B553" s="1" t="s">
-        <v>1571</v>
+        <v>1574</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
       <c r="D553" s="1"/>
-      <c r="E553" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E553" s="1"/>
       <c r="F553" s="1" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
       <c r="G553" s="1">
-        <v>160</v>
+        <v>96</v>
       </c>
       <c r="H553" s="1">
-        <v>0.14</v>
+        <v>0.08557</v>
       </c>
       <c r="I553" s="1">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="J553" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="554" spans="1:10">
       <c r="B554" s="1" t="s">
-        <v>1573</v>
+        <v>1576</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>1574</v>
+        <v>1577</v>
       </c>
       <c r="D554" s="1"/>
       <c r="E554" s="1" t="s">
-        <v>815</v>
+        <v>1578</v>
       </c>
       <c r="F554" s="1" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="G554" s="1">
-        <v>160</v>
+        <v>144</v>
       </c>
       <c r="H554" s="1">
-        <v>0.18577</v>
+        <v>0.24</v>
       </c>
       <c r="I554" s="1">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="J554" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="555" spans="1:10">
       <c r="B555" s="1" t="s">
-        <v>1575</v>
+        <v>1579</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
       <c r="D555" s="1"/>
-      <c r="E555" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E555" s="1"/>
       <c r="F555" s="1" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="G555" s="1">
-        <v>184</v>
+        <v>480</v>
       </c>
       <c r="H555" s="1">
-        <v>0.212</v>
+        <v>0.24</v>
       </c>
       <c r="I555" s="1">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="J555" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="556" spans="1:10">
       <c r="B556" s="1" t="s">
-        <v>1577</v>
+        <v>1581</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>1578</v>
+        <v>1582</v>
       </c>
       <c r="D556" s="1"/>
       <c r="E556" s="1" t="s">
-        <v>815</v>
+        <v>1583</v>
       </c>
       <c r="F556" s="1" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="G556" s="1">
-        <v>112</v>
+        <v>272</v>
       </c>
       <c r="H556" s="1">
-        <v>0.138</v>
+        <v>0.24</v>
       </c>
       <c r="I556" s="1">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="J556" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="557" spans="1:10">
       <c r="B557" s="1" t="s">
-        <v>1579</v>
+        <v>1584</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>1580</v>
+        <v>1585</v>
       </c>
       <c r="D557" s="1"/>
       <c r="E557" s="1" t="s">
-        <v>217</v>
+        <v>1586</v>
       </c>
       <c r="F557" s="1" t="s">
-        <v>351</v>
+        <v>618</v>
       </c>
       <c r="G557" s="1">
-        <v>178</v>
+        <v>245</v>
       </c>
       <c r="H557" s="1">
-        <v>0.15</v>
+        <v>0.308</v>
       </c>
       <c r="I557" s="1">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="J557" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="558" spans="1:10">
       <c r="B558" s="1" t="s">
-        <v>1581</v>
+        <v>1587</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>1582</v>
+        <v>1588</v>
       </c>
       <c r="D558" s="1"/>
       <c r="E558" s="1" t="s">
-        <v>217</v>
+        <v>1589</v>
       </c>
       <c r="F558" s="1" t="s">
-        <v>241</v>
+        <v>618</v>
       </c>
       <c r="G558" s="1">
-        <v>116</v>
+        <v>352</v>
       </c>
       <c r="H558" s="1">
-        <v>0.108</v>
+        <v>0.39</v>
       </c>
       <c r="I558" s="1">
-        <v>15.5</v>
+        <v>40</v>
       </c>
       <c r="J558" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="559" spans="1:10">
       <c r="B559" s="1" t="s">
-        <v>1583</v>
+        <v>1590</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>1584</v>
+        <v>1591</v>
       </c>
       <c r="D559" s="1"/>
       <c r="E559" s="1" t="s">
-        <v>636</v>
+        <v>209</v>
       </c>
       <c r="F559" s="1" t="s">
-        <v>1585</v>
+        <v>1592</v>
       </c>
       <c r="G559" s="1">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="H559" s="1">
-        <v>0.216</v>
+        <v>0.162</v>
       </c>
       <c r="I559" s="1">
-        <v>20</v>
+        <v>20.5</v>
       </c>
       <c r="J559" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="560" spans="1:10">
       <c r="B560" s="1" t="s">
-        <v>1586</v>
+        <v>1593</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>1587</v>
+        <v>1594</v>
       </c>
       <c r="D560" s="1"/>
       <c r="E560" s="1" t="s">
-        <v>1588</v>
+        <v>1476</v>
       </c>
       <c r="F560" s="1" t="s">
-        <v>591</v>
+        <v>618</v>
       </c>
       <c r="G560" s="1">
-        <v>240</v>
+        <v>158</v>
       </c>
       <c r="H560" s="1">
-        <v>0.5</v>
+        <v>0.2</v>
       </c>
       <c r="I560" s="1">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="J560" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="561" spans="1:10">
       <c r="B561" s="1" t="s">
-        <v>1589</v>
+        <v>1595</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>1590</v>
+        <v>1596</v>
       </c>
       <c r="D561" s="1"/>
-      <c r="E561" s="1"/>
+      <c r="E561" s="1" t="s">
+        <v>1597</v>
+      </c>
       <c r="F561" s="1" t="s">
-        <v>241</v>
+        <v>1598</v>
       </c>
       <c r="G561" s="1">
-        <v>192</v>
+        <v>368</v>
       </c>
       <c r="H561" s="1">
-        <v>0.15589</v>
+        <v>0.4</v>
       </c>
       <c r="I561" s="1">
-        <v>36</v>
+        <v>84</v>
       </c>
       <c r="J561" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="562" spans="1:10">
       <c r="B562" s="1" t="s">
-        <v>1591</v>
+        <v>1599</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>1592</v>
+        <v>1600</v>
       </c>
       <c r="D562" s="1"/>
       <c r="E562" s="1" t="s">
-        <v>1593</v>
+        <v>1601</v>
       </c>
       <c r="F562" s="1" t="s">
-        <v>241</v>
+        <v>491</v>
       </c>
       <c r="G562" s="1">
-        <v>160</v>
+        <v>32</v>
       </c>
       <c r="H562" s="1">
-        <v>0.13652</v>
+        <v>0.24</v>
       </c>
       <c r="I562" s="1">
-        <v>29</v>
+        <v>6.5</v>
       </c>
       <c r="J562" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="563" spans="1:10">
       <c r="B563" s="1" t="s">
-        <v>1594</v>
+        <v>1602</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>1595</v>
+        <v>1603</v>
       </c>
       <c r="D563" s="1"/>
       <c r="E563" s="1" t="s">
-        <v>1596</v>
+        <v>1042</v>
       </c>
       <c r="F563" s="1" t="s">
-        <v>241</v>
+        <v>618</v>
       </c>
       <c r="G563" s="1">
         <v>64</v>
       </c>
       <c r="H563" s="1">
-        <v>0.05817</v>
+        <v>0.07765</v>
       </c>
       <c r="I563" s="1">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="J563" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="564" spans="1:10">
       <c r="B564" s="1" t="s">
-        <v>1597</v>
+        <v>1604</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>1598</v>
+        <v>1605</v>
       </c>
       <c r="D564" s="1"/>
       <c r="E564" s="1" t="s">
-        <v>1599</v>
+        <v>1606</v>
       </c>
       <c r="F564" s="1" t="s">
-        <v>889</v>
+        <v>1607</v>
       </c>
       <c r="G564" s="1">
         <v>176</v>
       </c>
       <c r="H564" s="1">
-        <v>0.27317</v>
+        <v>0.347</v>
       </c>
       <c r="I564" s="1">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="J564" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="565" spans="1:10">
       <c r="B565" s="1" t="s">
-        <v>1600</v>
+        <v>1608</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>1601</v>
+        <v>1609</v>
       </c>
       <c r="D565" s="1"/>
       <c r="E565" s="1" t="s">
-        <v>1218</v>
+        <v>940</v>
       </c>
       <c r="F565" s="1" t="s">
-        <v>1602</v>
+        <v>1610</v>
       </c>
       <c r="G565" s="1">
-        <v>39</v>
+        <v>384</v>
       </c>
       <c r="H565" s="1">
-        <v>0.072</v>
+        <v>0.418</v>
       </c>
       <c r="I565" s="1">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="J565" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="566" spans="1:10">
       <c r="B566" s="1" t="s">
-        <v>1603</v>
+        <v>1611</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>1604</v>
+        <v>1612</v>
       </c>
       <c r="D566" s="1"/>
       <c r="E566" s="1" t="s">
-        <v>1605</v>
+        <v>727</v>
       </c>
       <c r="F566" s="1" t="s">
-        <v>750</v>
+        <v>729</v>
       </c>
       <c r="G566" s="1">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="H566" s="1">
-        <v>0.072</v>
+        <v>0.202</v>
       </c>
       <c r="I566" s="1">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="J566" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="567" spans="1:10">
       <c r="B567" s="1" t="s">
-        <v>1606</v>
+        <v>1613</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>1607</v>
+        <v>1614</v>
       </c>
       <c r="D567" s="1"/>
-      <c r="E567" s="1"/>
+      <c r="E567" s="1" t="s">
+        <v>1615</v>
+      </c>
       <c r="F567" s="1" t="s">
-        <v>241</v>
+        <v>1616</v>
       </c>
       <c r="G567" s="1">
-        <v>128</v>
+        <v>32</v>
       </c>
       <c r="H567" s="1">
-        <v>0.11126</v>
+        <v>0.15691</v>
       </c>
       <c r="I567" s="1">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="J567" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="568" spans="1:10">
       <c r="B568" s="1" t="s">
-        <v>1608</v>
+        <v>1617</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>1609</v>
+        <v>1618</v>
       </c>
       <c r="D568" s="1"/>
-      <c r="E568" s="1"/>
+      <c r="E568" s="1" t="s">
+        <v>1615</v>
+      </c>
       <c r="F568" s="1" t="s">
-        <v>241</v>
+        <v>1616</v>
       </c>
       <c r="G568" s="1">
-        <v>96</v>
+        <v>32</v>
       </c>
       <c r="H568" s="1">
-        <v>0.08557</v>
+        <v>0.15565</v>
       </c>
       <c r="I568" s="1">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="J568" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="569" spans="1:10">
       <c r="B569" s="1" t="s">
-        <v>1610</v>
+        <v>1619</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>1611</v>
+        <v>1620</v>
       </c>
       <c r="D569" s="1"/>
       <c r="E569" s="1" t="s">
-        <v>1612</v>
+        <v>1615</v>
       </c>
       <c r="F569" s="1" t="s">
-        <v>626</v>
+        <v>1616</v>
       </c>
       <c r="G569" s="1">
-        <v>144</v>
+        <v>32</v>
       </c>
       <c r="H569" s="1">
-        <v>0.24</v>
+        <v>0.15693</v>
       </c>
       <c r="I569" s="1">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="J569" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="570" spans="1:10">
       <c r="B570" s="1" t="s">
-        <v>1613</v>
+        <v>1621</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>1614</v>
+        <v>1622</v>
       </c>
       <c r="D570" s="1"/>
-      <c r="E570" s="1"/>
+      <c r="E570" s="1" t="s">
+        <v>1615</v>
+      </c>
       <c r="F570" s="1" t="s">
-        <v>626</v>
+        <v>1616</v>
       </c>
       <c r="G570" s="1">
-        <v>480</v>
+        <v>32</v>
       </c>
       <c r="H570" s="1">
-        <v>0.24</v>
+        <v>0.155</v>
       </c>
       <c r="I570" s="1">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="J570" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="571" spans="1:10">
       <c r="B571" s="1" t="s">
-        <v>1615</v>
+        <v>1623</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>1616</v>
+        <v>1624</v>
       </c>
       <c r="D571" s="1"/>
       <c r="E571" s="1" t="s">
-        <v>1617</v>
+        <v>1615</v>
       </c>
       <c r="F571" s="1" t="s">
-        <v>626</v>
+        <v>1616</v>
       </c>
       <c r="G571" s="1">
-        <v>272</v>
+        <v>32</v>
       </c>
       <c r="H571" s="1">
-        <v>0.24</v>
+        <v>0.15</v>
       </c>
       <c r="I571" s="1">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="J571" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="572" spans="1:10">
       <c r="B572" s="1" t="s">
-        <v>1618</v>
+        <v>1625</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>1619</v>
+        <v>1626</v>
       </c>
       <c r="D572" s="1"/>
       <c r="E572" s="1" t="s">
-        <v>1620</v>
+        <v>1615</v>
       </c>
       <c r="F572" s="1" t="s">
-        <v>626</v>
+        <v>1616</v>
       </c>
       <c r="G572" s="1">
-        <v>245</v>
+        <v>32</v>
       </c>
       <c r="H572" s="1">
-        <v>0.308</v>
+        <v>0.155</v>
       </c>
       <c r="I572" s="1">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="J572" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="573" spans="1:10">
       <c r="B573" s="1" t="s">
-        <v>1621</v>
+        <v>1627</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>1622</v>
+        <v>1628</v>
       </c>
       <c r="D573" s="1"/>
       <c r="E573" s="1" t="s">
-        <v>1623</v>
+        <v>1615</v>
       </c>
       <c r="F573" s="1" t="s">
-        <v>626</v>
+        <v>1616</v>
       </c>
       <c r="G573" s="1">
-        <v>352</v>
+        <v>32</v>
       </c>
       <c r="H573" s="1">
-        <v>0.39</v>
+        <v>0.14966</v>
       </c>
       <c r="I573" s="1">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="J573" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="574" spans="1:10">
       <c r="B574" s="1" t="s">
-        <v>1624</v>
+        <v>1629</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>1625</v>
+        <v>1630</v>
       </c>
       <c r="D574" s="1"/>
       <c r="E574" s="1" t="s">
-        <v>217</v>
+        <v>1615</v>
       </c>
       <c r="F574" s="1" t="s">
-        <v>1626</v>
+        <v>1616</v>
       </c>
       <c r="G574" s="1">
-        <v>192</v>
+        <v>32</v>
       </c>
       <c r="H574" s="1">
-        <v>0.162</v>
+        <v>0.15544</v>
       </c>
       <c r="I574" s="1">
-        <v>20.5</v>
+        <v>28</v>
       </c>
       <c r="J574" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="575" spans="1:10">
       <c r="B575" s="1" t="s">
-        <v>1627</v>
+        <v>1631</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>1628</v>
+        <v>1632</v>
       </c>
       <c r="D575" s="1"/>
       <c r="E575" s="1" t="s">
-        <v>1510</v>
+        <v>1615</v>
       </c>
       <c r="F575" s="1" t="s">
-        <v>626</v>
+        <v>58</v>
       </c>
       <c r="G575" s="1">
-        <v>158</v>
+        <v>32</v>
       </c>
       <c r="H575" s="1">
-        <v>0.2</v>
+        <v>0.13722</v>
       </c>
       <c r="I575" s="1">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="J575" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="576" spans="1:10">
       <c r="B576" s="1" t="s">
-        <v>1629</v>
+        <v>1633</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>1630</v>
+        <v>1634</v>
       </c>
       <c r="D576" s="1"/>
       <c r="E576" s="1" t="s">
-        <v>1631</v>
+        <v>1615</v>
       </c>
       <c r="F576" s="1" t="s">
-        <v>1632</v>
+        <v>58</v>
       </c>
       <c r="G576" s="1">
-        <v>368</v>
+        <v>32</v>
       </c>
       <c r="H576" s="1">
-        <v>0.4</v>
+        <v>0.13634</v>
       </c>
       <c r="I576" s="1">
-        <v>84</v>
+        <v>23</v>
       </c>
       <c r="J576" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="577" spans="1:10">
       <c r="B577" s="1" t="s">
-        <v>1633</v>
+        <v>1635</v>
       </c>
       <c r="C577" s="1" t="s">
-        <v>1634</v>
+        <v>1636</v>
       </c>
       <c r="D577" s="1"/>
       <c r="E577" s="1" t="s">
-        <v>1635</v>
+        <v>1615</v>
       </c>
       <c r="F577" s="1" t="s">
-        <v>499</v>
+        <v>58</v>
       </c>
       <c r="G577" s="1">
         <v>32</v>
       </c>
       <c r="H577" s="1">
-        <v>0.24</v>
+        <v>0.13754</v>
       </c>
       <c r="I577" s="1">
-        <v>6.5</v>
+        <v>23</v>
       </c>
       <c r="J577" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="578" spans="1:10">
       <c r="B578" s="1" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="C578" s="1" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="D578" s="1"/>
       <c r="E578" s="1" t="s">
-        <v>1050</v>
+        <v>1615</v>
       </c>
       <c r="F578" s="1" t="s">
-        <v>626</v>
+        <v>58</v>
       </c>
       <c r="G578" s="1">
-        <v>64</v>
+        <v>32</v>
       </c>
       <c r="H578" s="1">
-        <v>0.07765</v>
+        <v>0.13739</v>
       </c>
       <c r="I578" s="1">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="J578" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="579" spans="1:10">
       <c r="B579" s="1" t="s">
-        <v>1638</v>
+        <v>1639</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="D579" s="1"/>
       <c r="E579" s="1" t="s">
-        <v>1640</v>
+        <v>1615</v>
       </c>
       <c r="F579" s="1" t="s">
-        <v>1641</v>
+        <v>58</v>
       </c>
       <c r="G579" s="1">
-        <v>176</v>
+        <v>32</v>
       </c>
       <c r="H579" s="1">
-        <v>0.347</v>
+        <v>0.13593</v>
       </c>
       <c r="I579" s="1">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="J579" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="580" spans="1:10">
       <c r="B580" s="1" t="s">
+        <v>1641</v>
+      </c>
+      <c r="C580" s="1" t="s">
         <v>1642</v>
-      </c>
-[...1 lines deleted...]
-        <v>1643</v>
       </c>
       <c r="D580" s="1"/>
       <c r="E580" s="1" t="s">
-        <v>948</v>
+        <v>1615</v>
       </c>
       <c r="F580" s="1" t="s">
-        <v>1644</v>
+        <v>58</v>
       </c>
       <c r="G580" s="1">
-        <v>384</v>
+        <v>32</v>
       </c>
       <c r="H580" s="1">
-        <v>0.418</v>
+        <v>0.13815</v>
       </c>
       <c r="I580" s="1">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="J580" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="581" spans="1:10">
       <c r="B581" s="1" t="s">
-        <v>1645</v>
+        <v>1643</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>1646</v>
+        <v>1644</v>
       </c>
       <c r="D581" s="1"/>
       <c r="E581" s="1" t="s">
-        <v>735</v>
+        <v>1615</v>
       </c>
       <c r="F581" s="1" t="s">
-        <v>737</v>
+        <v>58</v>
       </c>
       <c r="G581" s="1">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="H581" s="1">
-        <v>0.202</v>
+        <v>0.13626</v>
       </c>
       <c r="I581" s="1">
-        <v>4</v>
+        <v>23</v>
       </c>
       <c r="J581" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="582" spans="1:10">
       <c r="B582" s="1" t="s">
-        <v>1647</v>
+        <v>1645</v>
       </c>
       <c r="C582" s="1" t="s">
-        <v>1648</v>
+        <v>1646</v>
       </c>
       <c r="D582" s="1"/>
       <c r="E582" s="1" t="s">
-        <v>1649</v>
+        <v>1647</v>
       </c>
       <c r="F582" s="1" t="s">
-        <v>1650</v>
+        <v>669</v>
       </c>
       <c r="G582" s="1">
-        <v>32</v>
+        <v>120</v>
       </c>
       <c r="H582" s="1">
-        <v>0.15691</v>
+        <v>0.126</v>
       </c>
       <c r="I582" s="1">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="J582" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="583" spans="1:10">
       <c r="B583" s="1" t="s">
-        <v>1651</v>
+        <v>1648</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>1652</v>
+        <v>1649</v>
       </c>
       <c r="D583" s="1"/>
       <c r="E583" s="1" t="s">
-        <v>1649</v>
+        <v>209</v>
       </c>
       <c r="F583" s="1" t="s">
-        <v>1650</v>
+        <v>343</v>
       </c>
       <c r="G583" s="1">
-        <v>32</v>
+        <v>176</v>
       </c>
       <c r="H583" s="1">
-        <v>0.15565</v>
+        <v>0.146</v>
       </c>
       <c r="I583" s="1">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="J583" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="584" spans="1:10">
       <c r="B584" s="1" t="s">
-        <v>1653</v>
+        <v>1650</v>
       </c>
       <c r="C584" s="1" t="s">
-        <v>1654</v>
+        <v>1651</v>
       </c>
       <c r="D584" s="1"/>
       <c r="E584" s="1" t="s">
-        <v>1649</v>
+        <v>13</v>
       </c>
       <c r="F584" s="1" t="s">
-        <v>1650</v>
+        <v>650</v>
       </c>
       <c r="G584" s="1">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="H584" s="1">
-        <v>0.15693</v>
+        <v>0.005</v>
       </c>
       <c r="I584" s="1">
-        <v>28</v>
+        <v>2</v>
       </c>
       <c r="J584" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="585" spans="1:10">
       <c r="B585" s="1" t="s">
-        <v>1655</v>
+        <v>1652</v>
       </c>
       <c r="C585" s="1" t="s">
-        <v>1656</v>
+        <v>1653</v>
       </c>
       <c r="D585" s="1"/>
       <c r="E585" s="1" t="s">
-        <v>1649</v>
+        <v>727</v>
       </c>
       <c r="F585" s="1" t="s">
-        <v>1650</v>
+        <v>729</v>
       </c>
       <c r="G585" s="1">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="H585" s="1">
-        <v>0.155</v>
+        <v>0.158</v>
       </c>
       <c r="I585" s="1">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="J585" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="586" spans="1:10">
       <c r="B586" s="1" t="s">
-        <v>1657</v>
+        <v>1654</v>
       </c>
       <c r="C586" s="1" t="s">
-        <v>1658</v>
+        <v>1655</v>
       </c>
       <c r="D586" s="1"/>
-      <c r="E586" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E586" s="1"/>
       <c r="F586" s="1" t="s">
-        <v>1650</v>
+        <v>14</v>
       </c>
       <c r="G586" s="1">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="H586" s="1">
-        <v>0.15</v>
+        <v>0.064</v>
       </c>
       <c r="I586" s="1">
-        <v>28</v>
+        <v>7</v>
       </c>
       <c r="J586" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="587" spans="1:10">
       <c r="B587" s="1" t="s">
-        <v>1659</v>
+        <v>1656</v>
       </c>
       <c r="C587" s="1" t="s">
-        <v>1660</v>
+        <v>1657</v>
       </c>
       <c r="D587" s="1"/>
       <c r="E587" s="1" t="s">
-        <v>1649</v>
+        <v>13</v>
       </c>
       <c r="F587" s="1" t="s">
-        <v>1650</v>
+        <v>1468</v>
       </c>
       <c r="G587" s="1">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="H587" s="1">
-        <v>0.155</v>
+        <v>0</v>
       </c>
       <c r="I587" s="1">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="J587" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="588" spans="1:10">
       <c r="B588" s="1" t="s">
-        <v>1661</v>
+        <v>1658</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>1662</v>
+        <v>1659</v>
       </c>
       <c r="D588" s="1"/>
       <c r="E588" s="1" t="s">
-        <v>1649</v>
+        <v>1647</v>
       </c>
       <c r="F588" s="1" t="s">
-        <v>1650</v>
+        <v>669</v>
       </c>
       <c r="G588" s="1">
-        <v>32</v>
+        <v>176</v>
       </c>
       <c r="H588" s="1">
-        <v>0.14966</v>
+        <v>0.176</v>
       </c>
       <c r="I588" s="1">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="J588" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="589" spans="1:10">
       <c r="B589" s="1" t="s">
-        <v>1663</v>
+        <v>1660</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>1664</v>
+        <v>1661</v>
       </c>
       <c r="D589" s="1"/>
       <c r="E589" s="1" t="s">
-        <v>1649</v>
+        <v>829</v>
       </c>
       <c r="F589" s="1" t="s">
-        <v>1650</v>
+        <v>1662</v>
       </c>
       <c r="G589" s="1">
-        <v>32</v>
+        <v>192</v>
       </c>
       <c r="H589" s="1">
-        <v>0.15544</v>
+        <v>0.096</v>
       </c>
       <c r="I589" s="1">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="J589" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="590" spans="1:10">
       <c r="B590" s="1" t="s">
-        <v>1665</v>
+        <v>1663</v>
       </c>
       <c r="C590" s="1" t="s">
-        <v>1666</v>
+        <v>1664</v>
       </c>
       <c r="D590" s="1"/>
       <c r="E590" s="1" t="s">
-        <v>1649</v>
+        <v>829</v>
       </c>
       <c r="F590" s="1" t="s">
-        <v>66</v>
+        <v>618</v>
       </c>
       <c r="G590" s="1">
-        <v>32</v>
+        <v>152</v>
       </c>
       <c r="H590" s="1">
-        <v>0.13722</v>
+        <v>0.22012</v>
       </c>
       <c r="I590" s="1">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="J590" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="591" spans="1:10">
       <c r="B591" s="1" t="s">
-        <v>1667</v>
+        <v>1665</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>1668</v>
+        <v>1666</v>
       </c>
       <c r="D591" s="1"/>
       <c r="E591" s="1" t="s">
-        <v>1649</v>
+        <v>1042</v>
       </c>
       <c r="F591" s="1" t="s">
-        <v>66</v>
+        <v>618</v>
       </c>
       <c r="G591" s="1">
-        <v>32</v>
+        <v>200</v>
       </c>
       <c r="H591" s="1">
-        <v>0.13634</v>
+        <v>0.22202</v>
       </c>
       <c r="I591" s="1">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="J591" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="592" spans="1:10">
       <c r="B592" s="1" t="s">
-        <v>1669</v>
+        <v>1667</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>1670</v>
+        <v>1668</v>
       </c>
       <c r="D592" s="1"/>
       <c r="E592" s="1" t="s">
-        <v>1649</v>
+        <v>1042</v>
       </c>
       <c r="F592" s="1" t="s">
-        <v>66</v>
+        <v>618</v>
       </c>
       <c r="G592" s="1">
-        <v>32</v>
+        <v>64</v>
       </c>
       <c r="H592" s="1">
-        <v>0.13754</v>
+        <v>0.08175</v>
       </c>
       <c r="I592" s="1">
-        <v>23</v>
+        <v>29.5</v>
       </c>
       <c r="J592" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="593" spans="1:10">
       <c r="B593" s="1" t="s">
-        <v>1671</v>
+        <v>1669</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>1672</v>
+        <v>1670</v>
       </c>
       <c r="D593" s="1"/>
       <c r="E593" s="1" t="s">
-        <v>1649</v>
+        <v>829</v>
       </c>
       <c r="F593" s="1" t="s">
-        <v>66</v>
+        <v>618</v>
       </c>
       <c r="G593" s="1">
-        <v>32</v>
+        <v>185</v>
       </c>
       <c r="H593" s="1">
-        <v>0.13739</v>
+        <v>0.23265</v>
       </c>
       <c r="I593" s="1">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="J593" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="594" spans="1:10">
       <c r="B594" s="1" t="s">
-        <v>1673</v>
+        <v>1671</v>
       </c>
       <c r="C594" s="1" t="s">
-        <v>1674</v>
+        <v>1672</v>
       </c>
       <c r="D594" s="1"/>
       <c r="E594" s="1" t="s">
-        <v>1649</v>
+        <v>1673</v>
       </c>
       <c r="F594" s="1" t="s">
-        <v>66</v>
+        <v>233</v>
       </c>
       <c r="G594" s="1">
-        <v>32</v>
+        <v>80</v>
       </c>
       <c r="H594" s="1">
-        <v>0.13593</v>
+        <v>0.10227</v>
       </c>
       <c r="I594" s="1">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="J594" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="595" spans="1:10">
       <c r="B595" s="1" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C595" s="1" t="s">
         <v>1675</v>
-      </c>
-[...1 lines deleted...]
-        <v>1676</v>
       </c>
       <c r="D595" s="1"/>
       <c r="E595" s="1" t="s">
-        <v>1649</v>
+        <v>1676</v>
       </c>
       <c r="F595" s="1" t="s">
-        <v>66</v>
+        <v>618</v>
       </c>
       <c r="G595" s="1">
-        <v>32</v>
+        <v>432</v>
       </c>
       <c r="H595" s="1">
-        <v>0.13815</v>
+        <v>0.468</v>
       </c>
       <c r="I595" s="1">
-        <v>23</v>
+        <v>64</v>
       </c>
       <c r="J595" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="596" spans="1:10">
       <c r="B596" s="1" t="s">
         <v>1677</v>
       </c>
       <c r="C596" s="1" t="s">
         <v>1678</v>
       </c>
       <c r="D596" s="1"/>
       <c r="E596" s="1" t="s">
-        <v>1649</v>
+        <v>1676</v>
       </c>
       <c r="F596" s="1" t="s">
-        <v>66</v>
+        <v>1679</v>
       </c>
       <c r="G596" s="1">
-        <v>32</v>
+        <v>568</v>
       </c>
       <c r="H596" s="1">
-        <v>0.13626</v>
+        <v>0.854</v>
       </c>
       <c r="I596" s="1">
-        <v>23</v>
+        <v>104</v>
       </c>
       <c r="J596" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="597" spans="1:10">
       <c r="B597" s="1" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
       <c r="D597" s="1"/>
-      <c r="E597" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E597" s="1"/>
       <c r="F597" s="1" t="s">
-        <v>677</v>
+        <v>1682</v>
       </c>
       <c r="G597" s="1">
-        <v>120</v>
+        <v>1776</v>
       </c>
       <c r="H597" s="1">
-        <v>0.126</v>
+        <v>1.54</v>
       </c>
       <c r="I597" s="1">
-        <v>14</v>
+        <v>103</v>
       </c>
       <c r="J597" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="598" spans="1:10">
       <c r="B598" s="1" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>1683</v>
+        <v>1684</v>
       </c>
       <c r="D598" s="1"/>
-      <c r="E598" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E598" s="1"/>
       <c r="F598" s="1" t="s">
-        <v>351</v>
+        <v>1685</v>
       </c>
       <c r="G598" s="1">
-        <v>176</v>
+        <v>432</v>
       </c>
       <c r="H598" s="1">
-        <v>0.146</v>
+        <v>0.702</v>
       </c>
       <c r="I598" s="1">
-        <v>18</v>
+        <v>75</v>
       </c>
       <c r="J598" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="599" spans="1:10">
       <c r="B599" s="1" t="s">
-        <v>1684</v>
+        <v>1686</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>1685</v>
+        <v>1687</v>
       </c>
       <c r="D599" s="1"/>
       <c r="E599" s="1" t="s">
-        <v>22</v>
+        <v>608</v>
       </c>
       <c r="F599" s="1" t="s">
-        <v>658</v>
+        <v>1688</v>
       </c>
       <c r="G599" s="1">
-        <v>8</v>
+        <v>288</v>
       </c>
       <c r="H599" s="1">
-        <v>0.005</v>
+        <v>0.55</v>
       </c>
       <c r="I599" s="1">
-        <v>2</v>
+        <v>49</v>
       </c>
       <c r="J599" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="600" spans="1:10">
       <c r="B600" s="1" t="s">
-        <v>1686</v>
+        <v>1689</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>1687</v>
+        <v>1690</v>
       </c>
       <c r="D600" s="1"/>
-      <c r="E600" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E600" s="1"/>
       <c r="F600" s="1" t="s">
-        <v>737</v>
+        <v>1691</v>
       </c>
       <c r="G600" s="1">
-        <v>40</v>
+        <v>282</v>
       </c>
       <c r="H600" s="1">
-        <v>0.158</v>
+        <v>0.27</v>
       </c>
       <c r="I600" s="1">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="J600" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="601" spans="1:10">
       <c r="B601" s="1" t="s">
-        <v>1688</v>
+        <v>1692</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>1689</v>
+        <v>1693</v>
       </c>
       <c r="D601" s="1"/>
       <c r="E601" s="1"/>
       <c r="F601" s="1" t="s">
-        <v>23</v>
+        <v>1694</v>
       </c>
       <c r="G601" s="1">
-        <v>12</v>
+        <v>288</v>
       </c>
       <c r="H601" s="1">
-        <v>0.064</v>
+        <v>0.642</v>
       </c>
       <c r="I601" s="1">
-        <v>7</v>
+        <v>53</v>
       </c>
       <c r="J601" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="602" spans="1:10">
       <c r="B602" s="1" t="s">
-        <v>1690</v>
+        <v>1695</v>
       </c>
       <c r="C602" s="1" t="s">
+        <v>1696</v>
+      </c>
+      <c r="D602" s="1"/>
+      <c r="E602" s="1"/>
+      <c r="F602" s="1" t="s">
         <v>1691</v>
       </c>
-      <c r="D602" s="1"/>
-[...5 lines deleted...]
-      </c>
       <c r="G602" s="1">
-        <v>0</v>
+        <v>256</v>
       </c>
       <c r="H602" s="1">
-        <v>0</v>
+        <v>0.252</v>
       </c>
       <c r="I602" s="1">
-        <v>4</v>
+        <v>27</v>
       </c>
       <c r="J602" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="603" spans="1:10">
       <c r="B603" s="1" t="s">
-        <v>1692</v>
+        <v>1697</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>1693</v>
+        <v>1698</v>
       </c>
       <c r="D603" s="1"/>
-      <c r="E603" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E603" s="1"/>
       <c r="F603" s="1" t="s">
-        <v>677</v>
+        <v>1691</v>
       </c>
       <c r="G603" s="1">
-        <v>176</v>
+        <v>256</v>
       </c>
       <c r="H603" s="1">
-        <v>0.176</v>
+        <v>0.262</v>
       </c>
       <c r="I603" s="1">
         <v>18</v>
       </c>
       <c r="J603" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="604" spans="1:10">
       <c r="B604" s="1" t="s">
-        <v>1694</v>
+        <v>1699</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>1695</v>
+        <v>1700</v>
       </c>
       <c r="D604" s="1"/>
       <c r="E604" s="1" t="s">
-        <v>837</v>
+        <v>1701</v>
       </c>
       <c r="F604" s="1" t="s">
-        <v>1696</v>
+        <v>1702</v>
       </c>
       <c r="G604" s="1">
-        <v>192</v>
+        <v>168</v>
       </c>
       <c r="H604" s="1">
-        <v>0.096</v>
+        <v>0.04482</v>
       </c>
       <c r="I604" s="1">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="J604" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="605" spans="1:10">
       <c r="B605" s="1" t="s">
-        <v>1697</v>
+        <v>1703</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>1698</v>
+        <v>1704</v>
       </c>
       <c r="D605" s="1"/>
       <c r="E605" s="1" t="s">
-        <v>837</v>
+        <v>608</v>
       </c>
       <c r="F605" s="1" t="s">
-        <v>626</v>
+        <v>1705</v>
       </c>
       <c r="G605" s="1">
-        <v>152</v>
+        <v>32</v>
       </c>
       <c r="H605" s="1">
-        <v>0.22012</v>
+        <v>0.01337</v>
       </c>
       <c r="I605" s="1">
-        <v>55</v>
+        <v>7</v>
       </c>
       <c r="J605" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="606" spans="1:10">
       <c r="B606" s="1" t="s">
-        <v>1699</v>
+        <v>1706</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>1700</v>
+        <v>1707</v>
       </c>
       <c r="D606" s="1"/>
       <c r="E606" s="1" t="s">
-        <v>1050</v>
+        <v>608</v>
       </c>
       <c r="F606" s="1" t="s">
-        <v>626</v>
+        <v>1705</v>
       </c>
       <c r="G606" s="1">
-        <v>200</v>
+        <v>48</v>
       </c>
       <c r="H606" s="1">
-        <v>0.22202</v>
+        <v>0.02849</v>
       </c>
       <c r="I606" s="1">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="J606" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="607" spans="1:10">
       <c r="B607" s="1" t="s">
-        <v>1701</v>
+        <v>1708</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>1702</v>
+        <v>1709</v>
       </c>
       <c r="D607" s="1"/>
       <c r="E607" s="1" t="s">
-        <v>1050</v>
+        <v>1710</v>
       </c>
       <c r="F607" s="1" t="s">
-        <v>626</v>
+        <v>1711</v>
       </c>
       <c r="G607" s="1">
-        <v>64</v>
+        <v>880</v>
       </c>
       <c r="H607" s="1">
-        <v>0.08175</v>
+        <v>0.09</v>
       </c>
       <c r="I607" s="1">
-        <v>29.5</v>
+        <v>65</v>
       </c>
       <c r="J607" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="608" spans="1:10">
       <c r="B608" s="1" t="s">
-        <v>1703</v>
+        <v>1712</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>1704</v>
+        <v>1713</v>
       </c>
       <c r="D608" s="1"/>
       <c r="E608" s="1" t="s">
-        <v>837</v>
+        <v>608</v>
       </c>
       <c r="F608" s="1" t="s">
-        <v>626</v>
+        <v>491</v>
       </c>
       <c r="G608" s="1">
-        <v>185</v>
+        <v>48</v>
       </c>
       <c r="H608" s="1">
-        <v>0.23265</v>
+        <v>0.02343</v>
       </c>
       <c r="I608" s="1">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="J608" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="609" spans="1:10">
       <c r="B609" s="1" t="s">
-        <v>1705</v>
+        <v>1714</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>1706</v>
+        <v>1715</v>
       </c>
       <c r="D609" s="1"/>
       <c r="E609" s="1" t="s">
-        <v>1707</v>
+        <v>608</v>
       </c>
       <c r="F609" s="1" t="s">
-        <v>241</v>
+        <v>491</v>
       </c>
       <c r="G609" s="1">
-        <v>80</v>
+        <v>32</v>
       </c>
       <c r="H609" s="1">
-        <v>0.10227</v>
+        <v>0.01695</v>
       </c>
       <c r="I609" s="1">
-        <v>22</v>
+        <v>4.5</v>
       </c>
       <c r="J609" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="610" spans="1:10">
       <c r="B610" s="1" t="s">
-        <v>1708</v>
+        <v>1716</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>1709</v>
+        <v>1717</v>
       </c>
       <c r="D610" s="1"/>
       <c r="E610" s="1" t="s">
-        <v>1710</v>
+        <v>1718</v>
       </c>
       <c r="F610" s="1" t="s">
-        <v>626</v>
+        <v>491</v>
       </c>
       <c r="G610" s="1">
-        <v>432</v>
+        <v>64</v>
       </c>
       <c r="H610" s="1">
-        <v>0.468</v>
+        <v>0.01695</v>
       </c>
       <c r="I610" s="1">
-        <v>64</v>
+        <v>6</v>
       </c>
       <c r="J610" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="611" spans="1:10">
       <c r="B611" s="1" t="s">
-        <v>1711</v>
+        <v>1719</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>1712</v>
+        <v>1720</v>
       </c>
       <c r="D611" s="1"/>
       <c r="E611" s="1" t="s">
-        <v>1710</v>
+        <v>1601</v>
       </c>
       <c r="F611" s="1" t="s">
-        <v>1713</v>
+        <v>491</v>
       </c>
       <c r="G611" s="1">
-        <v>568</v>
+        <v>40</v>
       </c>
       <c r="H611" s="1">
-        <v>0.854</v>
+        <v>0.0244</v>
       </c>
       <c r="I611" s="1">
-        <v>104</v>
+        <v>6</v>
       </c>
       <c r="J611" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="612" spans="1:10">
       <c r="B612" s="1" t="s">
-        <v>1714</v>
+        <v>1721</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>1715</v>
+        <v>1722</v>
       </c>
       <c r="D612" s="1"/>
-      <c r="E612" s="1"/>
+      <c r="E612" s="1" t="s">
+        <v>1601</v>
+      </c>
       <c r="F612" s="1" t="s">
-        <v>1716</v>
+        <v>491</v>
       </c>
       <c r="G612" s="1">
-        <v>1776</v>
+        <v>32</v>
       </c>
       <c r="H612" s="1">
-        <v>1.54</v>
+        <v>0.02</v>
       </c>
       <c r="I612" s="1">
-        <v>103</v>
+        <v>5.5</v>
       </c>
       <c r="J612" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="613" spans="1:10">
       <c r="B613" s="1" t="s">
-        <v>1717</v>
+        <v>1723</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>1718</v>
+        <v>1724</v>
       </c>
       <c r="D613" s="1"/>
-      <c r="E613" s="1"/>
+      <c r="E613" s="1" t="s">
+        <v>608</v>
+      </c>
       <c r="F613" s="1" t="s">
-        <v>1719</v>
+        <v>491</v>
       </c>
       <c r="G613" s="1">
-        <v>432</v>
+        <v>64</v>
       </c>
       <c r="H613" s="1">
-        <v>0.702</v>
+        <v>0.03659</v>
       </c>
       <c r="I613" s="1">
-        <v>75</v>
+        <v>6.5</v>
       </c>
       <c r="J613" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="614" spans="1:10">
       <c r="B614" s="1" t="s">
-        <v>1720</v>
+        <v>1725</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>1721</v>
+        <v>1726</v>
       </c>
       <c r="D614" s="1"/>
       <c r="E614" s="1" t="s">
-        <v>616</v>
+        <v>1727</v>
       </c>
       <c r="F614" s="1" t="s">
-        <v>1722</v>
+        <v>491</v>
       </c>
       <c r="G614" s="1">
-        <v>288</v>
+        <v>40</v>
       </c>
       <c r="H614" s="1">
-        <v>0.55</v>
+        <v>0.02154</v>
       </c>
       <c r="I614" s="1">
-        <v>49</v>
+        <v>6</v>
       </c>
       <c r="J614" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="615" spans="1:10">
       <c r="B615" s="1" t="s">
-        <v>1723</v>
+        <v>1728</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>1724</v>
+        <v>1729</v>
       </c>
       <c r="D615" s="1"/>
-      <c r="E615" s="1"/>
+      <c r="E615" s="1" t="s">
+        <v>608</v>
+      </c>
       <c r="F615" s="1" t="s">
-        <v>1725</v>
+        <v>491</v>
       </c>
       <c r="G615" s="1">
-        <v>282</v>
+        <v>48</v>
       </c>
       <c r="H615" s="1">
-        <v>0.27</v>
+        <v>0.02413</v>
       </c>
       <c r="I615" s="1">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="J615" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="616" spans="1:10">
       <c r="B616" s="1" t="s">
-        <v>1726</v>
+        <v>1730</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>1727</v>
+        <v>1731</v>
       </c>
       <c r="D616" s="1"/>
-      <c r="E616" s="1"/>
+      <c r="E616" s="1" t="s">
+        <v>1601</v>
+      </c>
       <c r="F616" s="1" t="s">
-        <v>1728</v>
+        <v>491</v>
       </c>
       <c r="G616" s="1">
-        <v>288</v>
+        <v>32</v>
       </c>
       <c r="H616" s="1">
-        <v>0.642</v>
+        <v>0.01746</v>
       </c>
       <c r="I616" s="1">
-        <v>53</v>
+        <v>6</v>
       </c>
       <c r="J616" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="617" spans="1:10">
       <c r="B617" s="1" t="s">
-        <v>1729</v>
+        <v>1732</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>1730</v>
+        <v>1733</v>
       </c>
       <c r="D617" s="1"/>
-      <c r="E617" s="1"/>
+      <c r="E617" s="1" t="s">
+        <v>1734</v>
+      </c>
       <c r="F617" s="1" t="s">
-        <v>1725</v>
+        <v>491</v>
       </c>
       <c r="G617" s="1">
-        <v>256</v>
+        <v>104</v>
       </c>
       <c r="H617" s="1">
-        <v>0.252</v>
+        <v>0.05539</v>
       </c>
       <c r="I617" s="1">
-        <v>27</v>
+        <v>14.5</v>
       </c>
       <c r="J617" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="618" spans="1:10">
       <c r="B618" s="1" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>1732</v>
+        <v>1736</v>
       </c>
       <c r="D618" s="1"/>
       <c r="E618" s="1"/>
       <c r="F618" s="1" t="s">
-        <v>1725</v>
+        <v>1737</v>
       </c>
       <c r="G618" s="1">
-        <v>256</v>
+        <v>50</v>
       </c>
       <c r="H618" s="1">
-        <v>0.262</v>
+        <v>0.635</v>
       </c>
       <c r="I618" s="1">
-        <v>18</v>
+        <v>77.8</v>
       </c>
       <c r="J618" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="619" spans="1:10">
       <c r="B619" s="1" t="s">
-        <v>1733</v>
+        <v>1738</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>1734</v>
+        <v>1739</v>
       </c>
       <c r="D619" s="1"/>
-      <c r="E619" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E619" s="1"/>
       <c r="F619" s="1" t="s">
-        <v>1736</v>
+        <v>1740</v>
       </c>
       <c r="G619" s="1">
-        <v>168</v>
+        <v>52</v>
       </c>
       <c r="H619" s="1">
-        <v>0.04482</v>
+        <v>0.62</v>
       </c>
       <c r="I619" s="1">
-        <v>12</v>
+        <v>78</v>
       </c>
       <c r="J619" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="620" spans="1:10">
       <c r="B620" s="1" t="s">
-        <v>1737</v>
+        <v>1741</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>1738</v>
+        <v>1742</v>
       </c>
       <c r="D620" s="1"/>
-      <c r="E620" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E620" s="1"/>
       <c r="F620" s="1" t="s">
-        <v>1739</v>
+        <v>618</v>
       </c>
       <c r="G620" s="1">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="H620" s="1">
-        <v>0.01337</v>
+        <v>0.425</v>
       </c>
       <c r="I620" s="1">
-        <v>7</v>
+        <v>80.5</v>
       </c>
       <c r="J620" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="621" spans="1:10">
       <c r="B621" s="1" t="s">
-        <v>1740</v>
+        <v>1743</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>1741</v>
+        <v>1744</v>
       </c>
       <c r="D621" s="1"/>
-      <c r="E621" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E621" s="1"/>
       <c r="F621" s="1" t="s">
-        <v>1739</v>
+        <v>618</v>
       </c>
       <c r="G621" s="1">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="H621" s="1">
-        <v>0.02849</v>
+        <v>0.625</v>
       </c>
       <c r="I621" s="1">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="J621" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="622" spans="1:10">
       <c r="B622" s="1" t="s">
-        <v>1742</v>
+        <v>1745</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>1743</v>
+        <v>1746</v>
       </c>
       <c r="D622" s="1"/>
-      <c r="E622" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E622" s="1"/>
       <c r="F622" s="1" t="s">
-        <v>1745</v>
+        <v>1747</v>
       </c>
       <c r="G622" s="1">
-        <v>880</v>
+        <v>16</v>
       </c>
       <c r="H622" s="1">
-        <v>0.09</v>
+        <v>0.04265</v>
       </c>
       <c r="I622" s="1">
-        <v>65</v>
+        <v>11</v>
       </c>
       <c r="J622" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="623" spans="1:10">
       <c r="B623" s="1" t="s">
-        <v>1746</v>
+        <v>1748</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
       <c r="D623" s="1"/>
-      <c r="E623" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E623" s="1"/>
       <c r="F623" s="1" t="s">
-        <v>499</v>
+        <v>343</v>
       </c>
       <c r="G623" s="1">
-        <v>48</v>
+        <v>1072</v>
       </c>
       <c r="H623" s="1">
-        <v>0.02343</v>
+        <v>0.44</v>
       </c>
       <c r="I623" s="1">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="J623" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="624" spans="1:10">
       <c r="B624" s="1" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>1749</v>
+        <v>1751</v>
       </c>
       <c r="D624" s="1"/>
-      <c r="E624" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E624" s="1"/>
       <c r="F624" s="1" t="s">
-        <v>499</v>
+        <v>539</v>
       </c>
       <c r="G624" s="1">
-        <v>32</v>
+        <v>576</v>
       </c>
       <c r="H624" s="1">
-        <v>0.01695</v>
+        <v>0.32</v>
       </c>
       <c r="I624" s="1">
-        <v>4.5</v>
+        <v>40</v>
       </c>
       <c r="J624" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="625" spans="1:10">
       <c r="B625" s="1" t="s">
-        <v>1750</v>
+        <v>1752</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>1751</v>
+        <v>1753</v>
       </c>
       <c r="D625" s="1"/>
-      <c r="E625" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E625" s="1"/>
       <c r="F625" s="1" t="s">
-        <v>499</v>
+        <v>592</v>
       </c>
       <c r="G625" s="1">
-        <v>64</v>
+        <v>576</v>
       </c>
       <c r="H625" s="1">
-        <v>0.01695</v>
+        <v>0.24792</v>
       </c>
       <c r="I625" s="1">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="J625" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="626" spans="1:10">
       <c r="B626" s="1" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
       <c r="D626" s="1"/>
-      <c r="E626" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E626" s="1"/>
       <c r="F626" s="1" t="s">
-        <v>499</v>
+        <v>233</v>
       </c>
       <c r="G626" s="1">
-        <v>40</v>
+        <v>384</v>
       </c>
       <c r="H626" s="1">
-        <v>0.0244</v>
+        <v>0.26918</v>
       </c>
       <c r="I626" s="1">
-        <v>6</v>
+        <v>54</v>
       </c>
       <c r="J626" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="627" spans="1:10">
       <c r="B627" s="1" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
       <c r="D627" s="1"/>
       <c r="E627" s="1" t="s">
-        <v>1635</v>
+        <v>1758</v>
       </c>
       <c r="F627" s="1" t="s">
-        <v>499</v>
+        <v>618</v>
       </c>
       <c r="G627" s="1">
-        <v>32</v>
+        <v>192</v>
       </c>
       <c r="H627" s="1">
-        <v>0.02</v>
+        <v>0.22143</v>
       </c>
       <c r="I627" s="1">
-        <v>5.5</v>
+        <v>52.8</v>
       </c>
       <c r="J627" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="628" spans="1:10">
       <c r="B628" s="1" t="s">
-        <v>1757</v>
+        <v>1759</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>1758</v>
+        <v>1760</v>
       </c>
       <c r="D628" s="1"/>
       <c r="E628" s="1" t="s">
-        <v>616</v>
+        <v>1283</v>
       </c>
       <c r="F628" s="1" t="s">
-        <v>499</v>
+        <v>618</v>
       </c>
       <c r="G628" s="1">
-        <v>64</v>
+        <v>288</v>
       </c>
       <c r="H628" s="1">
-        <v>0.03659</v>
+        <v>0.5</v>
       </c>
       <c r="I628" s="1">
-        <v>6.5</v>
+        <v>77.9</v>
       </c>
       <c r="J628" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="629" spans="1:10">
       <c r="B629" s="1" t="s">
-        <v>1759</v>
+        <v>1761</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>1760</v>
+        <v>1762</v>
       </c>
       <c r="D629" s="1"/>
       <c r="E629" s="1" t="s">
-        <v>1761</v>
+        <v>940</v>
       </c>
       <c r="F629" s="1" t="s">
-        <v>499</v>
+        <v>233</v>
       </c>
       <c r="G629" s="1">
-        <v>40</v>
+        <v>240</v>
       </c>
       <c r="H629" s="1">
-        <v>0.02154</v>
+        <v>0.19486</v>
       </c>
       <c r="I629" s="1">
-        <v>6</v>
+        <v>37.5</v>
       </c>
       <c r="J629" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="630" spans="1:10">
       <c r="B630" s="1" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="D630" s="1"/>
       <c r="E630" s="1" t="s">
-        <v>616</v>
+        <v>1765</v>
       </c>
       <c r="F630" s="1" t="s">
-        <v>499</v>
+        <v>618</v>
       </c>
       <c r="G630" s="1">
-        <v>48</v>
+        <v>144</v>
       </c>
       <c r="H630" s="1">
-        <v>0.02413</v>
+        <v>0.16634</v>
       </c>
       <c r="I630" s="1">
-        <v>1</v>
+        <v>38.5</v>
       </c>
       <c r="J630" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="631" spans="1:10">
       <c r="B631" s="1" t="s">
-        <v>1764</v>
+        <v>1766</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="D631" s="1"/>
       <c r="E631" s="1" t="s">
-        <v>1635</v>
+        <v>1768</v>
       </c>
       <c r="F631" s="1" t="s">
-        <v>499</v>
+        <v>618</v>
       </c>
       <c r="G631" s="1">
-        <v>32</v>
+        <v>96</v>
       </c>
       <c r="H631" s="1">
-        <v>0.01746</v>
+        <v>0.11869</v>
       </c>
       <c r="I631" s="1">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="J631" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="632" spans="1:10">
       <c r="B632" s="1" t="s">
-        <v>1766</v>
+        <v>1769</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>1767</v>
+        <v>1770</v>
       </c>
       <c r="D632" s="1"/>
       <c r="E632" s="1" t="s">
-        <v>1768</v>
+        <v>1771</v>
       </c>
       <c r="F632" s="1" t="s">
-        <v>499</v>
+        <v>618</v>
       </c>
       <c r="G632" s="1">
-        <v>104</v>
+        <v>241</v>
       </c>
       <c r="H632" s="1">
-        <v>0.05539</v>
+        <v>0.3</v>
       </c>
       <c r="I632" s="1">
-        <v>14.5</v>
+        <v>46</v>
       </c>
       <c r="J632" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="633" spans="1:10">
       <c r="B633" s="1" t="s">
-        <v>1769</v>
+        <v>1772</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>1770</v>
+        <v>1773</v>
       </c>
       <c r="D633" s="1"/>
-      <c r="E633" s="1"/>
+      <c r="E633" s="1" t="s">
+        <v>1774</v>
+      </c>
       <c r="F633" s="1" t="s">
-        <v>1771</v>
+        <v>1775</v>
       </c>
       <c r="G633" s="1">
-        <v>50</v>
+        <v>960</v>
       </c>
       <c r="H633" s="1">
-        <v>0.635</v>
+        <v>0.815</v>
       </c>
       <c r="I633" s="1">
-        <v>77.8</v>
+        <v>67</v>
       </c>
       <c r="J633" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="634" spans="1:10">
       <c r="B634" s="1" t="s">
-        <v>1772</v>
+        <v>1776</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>1773</v>
+        <v>1777</v>
       </c>
       <c r="D634" s="1"/>
-      <c r="E634" s="1"/>
+      <c r="E634" s="1" t="s">
+        <v>1778</v>
+      </c>
       <c r="F634" s="1" t="s">
-        <v>1774</v>
+        <v>618</v>
       </c>
       <c r="G634" s="1">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="H634" s="1">
-        <v>0.62</v>
+        <v>0.05971</v>
       </c>
       <c r="I634" s="1">
-        <v>78</v>
+        <v>14.5</v>
       </c>
       <c r="J634" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="635" spans="1:10">
       <c r="B635" s="1" t="s">
-        <v>1775</v>
+        <v>1779</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>1776</v>
+        <v>1780</v>
       </c>
       <c r="D635" s="1"/>
-      <c r="E635" s="1"/>
+      <c r="E635" s="1" t="s">
+        <v>1781</v>
+      </c>
       <c r="F635" s="1" t="s">
-        <v>626</v>
+        <v>1685</v>
       </c>
       <c r="G635" s="1">
-        <v>38</v>
+        <v>224</v>
       </c>
       <c r="H635" s="1">
-        <v>0.425</v>
+        <v>0.5</v>
       </c>
       <c r="I635" s="1">
-        <v>80.5</v>
+        <v>58.7</v>
       </c>
       <c r="J635" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="636" spans="1:10">
       <c r="B636" s="1" t="s">
-        <v>1777</v>
+        <v>1782</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>1778</v>
+        <v>1783</v>
       </c>
       <c r="D636" s="1"/>
-      <c r="E636" s="1"/>
+      <c r="E636" s="1" t="s">
+        <v>608</v>
+      </c>
       <c r="F636" s="1" t="s">
-        <v>626</v>
+        <v>1784</v>
       </c>
       <c r="G636" s="1">
-        <v>12</v>
+        <v>130</v>
       </c>
       <c r="H636" s="1">
-        <v>0.625</v>
+        <v>0.5</v>
       </c>
       <c r="I636" s="1">
-        <v>100</v>
+        <v>64</v>
       </c>
       <c r="J636" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="637" spans="1:10">
       <c r="B637" s="1" t="s">
-        <v>1779</v>
+        <v>1785</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>1780</v>
+        <v>1786</v>
       </c>
       <c r="D637" s="1"/>
-      <c r="E637" s="1"/>
+      <c r="E637" s="1" t="s">
+        <v>1787</v>
+      </c>
       <c r="F637" s="1" t="s">
-        <v>1781</v>
+        <v>881</v>
       </c>
       <c r="G637" s="1">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H637" s="1">
-        <v>0.04265</v>
+        <v>0.305</v>
       </c>
       <c r="I637" s="1">
-        <v>11</v>
+        <v>46.6</v>
       </c>
       <c r="J637" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="638" spans="1:10">
       <c r="B638" s="1" t="s">
-        <v>1782</v>
+        <v>1788</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>1783</v>
+        <v>1789</v>
       </c>
       <c r="D638" s="1"/>
-      <c r="E638" s="1"/>
+      <c r="E638" s="1" t="s">
+        <v>209</v>
+      </c>
       <c r="F638" s="1" t="s">
-        <v>351</v>
+        <v>1592</v>
       </c>
       <c r="G638" s="1">
-        <v>1072</v>
+        <v>0</v>
       </c>
       <c r="H638" s="1">
-        <v>0.44</v>
+        <v>0.162</v>
       </c>
       <c r="I638" s="1">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="J638" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="639" spans="1:10">
       <c r="B639" s="1" t="s">
-        <v>1784</v>
+        <v>1790</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>1785</v>
+        <v>1791</v>
       </c>
       <c r="D639" s="1"/>
-      <c r="E639" s="1"/>
+      <c r="E639" s="1" t="s">
+        <v>1647</v>
+      </c>
       <c r="F639" s="1" t="s">
-        <v>547</v>
+        <v>1085</v>
       </c>
       <c r="G639" s="1">
-        <v>576</v>
+        <v>244</v>
       </c>
       <c r="H639" s="1">
-        <v>0.32</v>
+        <v>0.36</v>
       </c>
       <c r="I639" s="1">
         <v>40</v>
       </c>
       <c r="J639" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="640" spans="1:10">
       <c r="B640" s="1" t="s">
-        <v>1786</v>
+        <v>1792</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>1787</v>
+        <v>1793</v>
       </c>
       <c r="D640" s="1"/>
-      <c r="E640" s="1"/>
+      <c r="E640" s="1" t="s">
+        <v>727</v>
+      </c>
       <c r="F640" s="1" t="s">
-        <v>600</v>
+        <v>1794</v>
       </c>
       <c r="G640" s="1">
-        <v>576</v>
+        <v>160</v>
       </c>
       <c r="H640" s="1">
-        <v>0.24792</v>
+        <v>0.158</v>
       </c>
       <c r="I640" s="1">
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="J640" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="641" spans="1:10">
       <c r="B641" s="1" t="s">
-        <v>1788</v>
+        <v>1795</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>1789</v>
+        <v>1796</v>
       </c>
       <c r="D641" s="1"/>
-      <c r="E641" s="1"/>
+      <c r="E641" s="1" t="s">
+        <v>608</v>
+      </c>
       <c r="F641" s="1" t="s">
-        <v>241</v>
+        <v>1797</v>
       </c>
       <c r="G641" s="1">
-        <v>384</v>
+        <v>1598</v>
       </c>
       <c r="H641" s="1">
-        <v>0.26918</v>
+        <v>0.565</v>
       </c>
       <c r="I641" s="1">
-        <v>54</v>
+        <v>32</v>
       </c>
       <c r="J641" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="642" spans="1:10">
       <c r="B642" s="1" t="s">
-        <v>1790</v>
+        <v>1798</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>1791</v>
+        <v>1799</v>
       </c>
       <c r="D642" s="1"/>
       <c r="E642" s="1" t="s">
-        <v>1792</v>
+        <v>13</v>
       </c>
       <c r="F642" s="1" t="s">
-        <v>626</v>
+        <v>1800</v>
       </c>
       <c r="G642" s="1">
-        <v>192</v>
+        <v>120</v>
       </c>
       <c r="H642" s="1">
-        <v>0.22143</v>
+        <v>0.128</v>
       </c>
       <c r="I642" s="1">
-        <v>52.8</v>
+        <v>6</v>
       </c>
       <c r="J642" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="643" spans="1:10">
       <c r="B643" s="1" t="s">
-        <v>1793</v>
+        <v>1801</v>
       </c>
       <c r="C643" s="1" t="s">
-        <v>1794</v>
+        <v>1802</v>
       </c>
       <c r="D643" s="1"/>
       <c r="E643" s="1" t="s">
-        <v>1291</v>
+        <v>13</v>
       </c>
       <c r="F643" s="1" t="s">
-        <v>626</v>
+        <v>58</v>
       </c>
       <c r="G643" s="1">
-        <v>288</v>
+        <v>120</v>
       </c>
       <c r="H643" s="1">
-        <v>0.5</v>
+        <v>0.128</v>
       </c>
       <c r="I643" s="1">
-        <v>77.9</v>
+        <v>9.9</v>
       </c>
       <c r="J643" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="644" spans="1:10">
       <c r="B644" s="1" t="s">
-        <v>1795</v>
+        <v>1803</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>1796</v>
+        <v>1804</v>
       </c>
       <c r="D644" s="1"/>
       <c r="E644" s="1" t="s">
-        <v>948</v>
+        <v>13</v>
       </c>
       <c r="F644" s="1" t="s">
-        <v>241</v>
+        <v>1800</v>
       </c>
       <c r="G644" s="1">
-        <v>240</v>
+        <v>112</v>
       </c>
       <c r="H644" s="1">
-        <v>0.19486</v>
+        <v>0.128</v>
       </c>
       <c r="I644" s="1">
-        <v>37.5</v>
+        <v>6</v>
       </c>
       <c r="J644" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="645" spans="1:10">
       <c r="B645" s="1" t="s">
-        <v>1797</v>
+        <v>1805</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>1798</v>
+        <v>1806</v>
       </c>
       <c r="D645" s="1"/>
       <c r="E645" s="1" t="s">
-        <v>1799</v>
+        <v>13</v>
       </c>
       <c r="F645" s="1" t="s">
-        <v>626</v>
+        <v>58</v>
       </c>
       <c r="G645" s="1">
-        <v>144</v>
+        <v>112</v>
       </c>
       <c r="H645" s="1">
-        <v>0.16634</v>
+        <v>0.128</v>
       </c>
       <c r="I645" s="1">
-        <v>38.5</v>
+        <v>9.9</v>
       </c>
       <c r="J645" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="646" spans="1:10">
       <c r="B646" s="1" t="s">
-        <v>1800</v>
+        <v>1807</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>1801</v>
+        <v>1808</v>
       </c>
       <c r="D646" s="1"/>
       <c r="E646" s="1" t="s">
-        <v>1802</v>
+        <v>209</v>
       </c>
       <c r="F646" s="1" t="s">
-        <v>626</v>
+        <v>1809</v>
       </c>
       <c r="G646" s="1">
-        <v>96</v>
+        <v>192</v>
       </c>
       <c r="H646" s="1">
-        <v>0.11869</v>
+        <v>0.166</v>
       </c>
       <c r="I646" s="1">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="J646" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="647" spans="1:10">
-      <c r="B647" s="1" t="s">
-        <v>1803</v>
+      <c r="B647" s="1">
+        <v>9786124483493</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>1804</v>
+        <v>1810</v>
       </c>
       <c r="D647" s="1"/>
       <c r="E647" s="1" t="s">
-        <v>1805</v>
+        <v>1811</v>
       </c>
       <c r="F647" s="1" t="s">
-        <v>626</v>
+        <v>1434</v>
       </c>
       <c r="G647" s="1">
-        <v>241</v>
+        <v>190</v>
       </c>
       <c r="H647" s="1">
-        <v>0.3</v>
+        <v>0.274</v>
       </c>
       <c r="I647" s="1">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="J647" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="648" spans="1:10">
-      <c r="B648" s="1" t="s">
-        <v>1806</v>
+      <c r="B648" s="1">
+        <v>9786124483509</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>1807</v>
+        <v>1812</v>
       </c>
       <c r="D648" s="1"/>
-      <c r="E648" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E648" s="1"/>
       <c r="F648" s="1" t="s">
-        <v>1809</v>
+        <v>1813</v>
       </c>
       <c r="G648" s="1">
-        <v>960</v>
+        <v>144</v>
       </c>
       <c r="H648" s="1">
-        <v>0.815</v>
+        <v>0.148</v>
       </c>
       <c r="I648" s="1">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="J648" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="649" spans="1:10">
       <c r="B649" s="1" t="s">
-        <v>1810</v>
+        <v>1814</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>1811</v>
+        <v>1815</v>
       </c>
       <c r="D649" s="1"/>
       <c r="E649" s="1" t="s">
-        <v>1812</v>
+        <v>727</v>
       </c>
       <c r="F649" s="1" t="s">
-        <v>626</v>
+        <v>1685</v>
       </c>
       <c r="G649" s="1">
-        <v>40</v>
+        <v>336</v>
       </c>
       <c r="H649" s="1">
-        <v>0.05971</v>
+        <v>0.456</v>
       </c>
       <c r="I649" s="1">
-        <v>14.5</v>
+        <v>79</v>
       </c>
       <c r="J649" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="650" spans="1:10">
       <c r="B650" s="1" t="s">
-        <v>1813</v>
+        <v>1816</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>1814</v>
+        <v>1817</v>
       </c>
       <c r="D650" s="1"/>
       <c r="E650" s="1" t="s">
-        <v>1815</v>
+        <v>13</v>
       </c>
       <c r="F650" s="1" t="s">
-        <v>1719</v>
+        <v>1800</v>
       </c>
       <c r="G650" s="1">
-        <v>224</v>
+        <v>120</v>
       </c>
       <c r="H650" s="1">
-        <v>0.5</v>
+        <v>0.128</v>
       </c>
       <c r="I650" s="1">
-        <v>58.7</v>
+        <v>6</v>
       </c>
       <c r="J650" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="651" spans="1:10">
       <c r="B651" s="1" t="s">
-        <v>1816</v>
+        <v>1818</v>
       </c>
       <c r="C651" s="1" t="s">
-        <v>1817</v>
+        <v>1819</v>
       </c>
       <c r="D651" s="1"/>
       <c r="E651" s="1" t="s">
-        <v>616</v>
+        <v>13</v>
       </c>
       <c r="F651" s="1" t="s">
-        <v>1818</v>
+        <v>58</v>
       </c>
       <c r="G651" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
       <c r="H651" s="1">
-        <v>0.5</v>
+        <v>0.128</v>
       </c>
       <c r="I651" s="1">
-        <v>64</v>
+        <v>9.9</v>
       </c>
       <c r="J651" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="652" spans="1:10">
       <c r="B652" s="1" t="s">
-        <v>1819</v>
+        <v>1820</v>
       </c>
       <c r="C652" s="1" t="s">
-        <v>1820</v>
+        <v>1821</v>
       </c>
       <c r="D652" s="1"/>
       <c r="E652" s="1" t="s">
-        <v>1821</v>
+        <v>13</v>
       </c>
       <c r="F652" s="1" t="s">
-        <v>889</v>
+        <v>1800</v>
       </c>
       <c r="G652" s="1">
-        <v>40</v>
+        <v>144</v>
       </c>
       <c r="H652" s="1">
-        <v>0.305</v>
+        <v>0.128</v>
       </c>
       <c r="I652" s="1">
-        <v>46.6</v>
+        <v>6</v>
       </c>
       <c r="J652" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="653" spans="1:10">
       <c r="B653" s="1" t="s">
         <v>1822</v>
       </c>
       <c r="C653" s="1" t="s">
         <v>1823</v>
       </c>
       <c r="D653" s="1"/>
       <c r="E653" s="1" t="s">
-        <v>217</v>
+        <v>13</v>
       </c>
       <c r="F653" s="1" t="s">
-        <v>1626</v>
+        <v>58</v>
       </c>
       <c r="G653" s="1">
-        <v>0</v>
+        <v>144</v>
       </c>
       <c r="H653" s="1">
-        <v>0.162</v>
+        <v>0.128</v>
       </c>
       <c r="I653" s="1">
-        <v>12</v>
+        <v>9.9</v>
       </c>
       <c r="J653" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="654" spans="1:10">
       <c r="B654" s="1" t="s">
         <v>1824</v>
       </c>
       <c r="C654" s="1" t="s">
         <v>1825</v>
       </c>
       <c r="D654" s="1"/>
       <c r="E654" s="1" t="s">
-        <v>1681</v>
+        <v>612</v>
       </c>
       <c r="F654" s="1" t="s">
-        <v>1093</v>
+        <v>1434</v>
       </c>
       <c r="G654" s="1">
-        <v>244</v>
+        <v>32</v>
       </c>
       <c r="H654" s="1">
-        <v>0.36</v>
+        <v>0.056</v>
       </c>
       <c r="I654" s="1">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="J654" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="655" spans="1:10">
       <c r="B655" s="1" t="s">
         <v>1826</v>
       </c>
       <c r="C655" s="1" t="s">
         <v>1827</v>
       </c>
       <c r="D655" s="1"/>
       <c r="E655" s="1" t="s">
-        <v>735</v>
+        <v>1828</v>
       </c>
       <c r="F655" s="1" t="s">
-        <v>1828</v>
+        <v>1434</v>
       </c>
       <c r="G655" s="1">
-        <v>160</v>
+        <v>74</v>
       </c>
       <c r="H655" s="1">
-        <v>0.158</v>
+        <v>0.108</v>
       </c>
       <c r="I655" s="1">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="J655" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="656" spans="1:10">
       <c r="B656" s="1" t="s">
         <v>1829</v>
       </c>
       <c r="C656" s="1" t="s">
         <v>1830</v>
       </c>
       <c r="D656" s="1"/>
       <c r="E656" s="1" t="s">
-        <v>616</v>
+        <v>1831</v>
       </c>
       <c r="F656" s="1" t="s">
-        <v>1831</v>
+        <v>233</v>
       </c>
       <c r="G656" s="1">
-        <v>1598</v>
+        <v>688</v>
       </c>
       <c r="H656" s="1">
-        <v>0.565</v>
+        <v>0.485</v>
       </c>
       <c r="I656" s="1">
-        <v>32</v>
+        <v>77</v>
       </c>
       <c r="J656" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="657" spans="1:10">
       <c r="B657" s="1" t="s">
         <v>1832</v>
       </c>
       <c r="C657" s="1" t="s">
         <v>1833</v>
       </c>
       <c r="D657" s="1"/>
       <c r="E657" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F657" s="1" t="s">
-        <v>1834</v>
+        <v>1800</v>
       </c>
       <c r="G657" s="1">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="H657" s="1">
         <v>0.128</v>
       </c>
       <c r="I657" s="1">
         <v>6</v>
       </c>
       <c r="J657" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="658" spans="1:10">
       <c r="B658" s="1" t="s">
+        <v>1834</v>
+      </c>
+      <c r="C658" s="1" t="s">
         <v>1835</v>
-      </c>
-[...1 lines deleted...]
-        <v>1836</v>
       </c>
       <c r="D658" s="1"/>
       <c r="E658" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F658" s="1" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="G658" s="1">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="H658" s="1">
         <v>0.128</v>
       </c>
       <c r="I658" s="1">
         <v>9.9</v>
       </c>
       <c r="J658" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="659" spans="1:10">
       <c r="B659" s="1" t="s">
+        <v>1836</v>
+      </c>
+      <c r="C659" s="1" t="s">
         <v>1837</v>
-      </c>
-[...1 lines deleted...]
-        <v>1838</v>
       </c>
       <c r="D659" s="1"/>
       <c r="E659" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F659" s="1" t="s">
-        <v>1834</v>
+        <v>1800</v>
       </c>
       <c r="G659" s="1">
-        <v>112</v>
+        <v>128</v>
       </c>
       <c r="H659" s="1">
         <v>0.128</v>
       </c>
       <c r="I659" s="1">
         <v>6</v>
       </c>
       <c r="J659" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="660" spans="1:10">
       <c r="B660" s="1" t="s">
+        <v>1838</v>
+      </c>
+      <c r="C660" s="1" t="s">
         <v>1839</v>
-      </c>
-[...1 lines deleted...]
-        <v>1840</v>
       </c>
       <c r="D660" s="1"/>
       <c r="E660" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F660" s="1" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="G660" s="1">
-        <v>112</v>
+        <v>128</v>
       </c>
       <c r="H660" s="1">
         <v>0.128</v>
       </c>
       <c r="I660" s="1">
         <v>9.9</v>
       </c>
       <c r="J660" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="661" spans="1:10">
       <c r="B661" s="1" t="s">
+        <v>1840</v>
+      </c>
+      <c r="C661" s="1" t="s">
         <v>1841</v>
-      </c>
-[...1 lines deleted...]
-        <v>1842</v>
       </c>
       <c r="D661" s="1"/>
       <c r="E661" s="1" t="s">
-        <v>217</v>
+        <v>13</v>
       </c>
       <c r="F661" s="1" t="s">
+        <v>1800</v>
+      </c>
+      <c r="G661" s="1">
+        <v>128</v>
+      </c>
+      <c r="H661" s="1">
+        <v>0.128</v>
+      </c>
+      <c r="I661" s="1">
+        <v>6</v>
+      </c>
+      <c r="J661" s="1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="662" spans="1:10">
+      <c r="B662" s="1" t="s">
+        <v>1842</v>
+      </c>
+      <c r="C662" s="1" t="s">
         <v>1843</v>
-      </c>
-[...18 lines deleted...]
-        <v>1844</v>
       </c>
       <c r="D662" s="1"/>
       <c r="E662" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="F662" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="G662" s="1">
+        <v>128</v>
+      </c>
+      <c r="H662" s="1">
+        <v>0.128</v>
+      </c>
+      <c r="I662" s="1">
+        <v>9.9</v>
+      </c>
+      <c r="J662" s="1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="663" spans="1:10">
+      <c r="B663" s="1" t="s">
+        <v>1844</v>
+      </c>
+      <c r="C663" s="1" t="s">
         <v>1845</v>
-      </c>
-[...21 lines deleted...]
-        <v>1846</v>
       </c>
       <c r="D663" s="1"/>
       <c r="E663" s="1"/>
       <c r="F663" s="1" t="s">
-        <v>1847</v>
+        <v>1800</v>
       </c>
       <c r="G663" s="1">
-        <v>144</v>
+        <v>128</v>
       </c>
       <c r="H663" s="1">
-        <v>0.148</v>
+        <v>0.128</v>
       </c>
       <c r="I663" s="1">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="J663" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="664" spans="1:10">
       <c r="B664" s="1" t="s">
-        <v>1848</v>
+        <v>1846</v>
       </c>
       <c r="C664" s="1" t="s">
-        <v>1849</v>
+        <v>1847</v>
       </c>
       <c r="D664" s="1"/>
       <c r="E664" s="1" t="s">
-        <v>735</v>
+        <v>13</v>
       </c>
       <c r="F664" s="1" t="s">
-        <v>1719</v>
+        <v>58</v>
       </c>
       <c r="G664" s="1">
-        <v>336</v>
+        <v>128</v>
       </c>
       <c r="H664" s="1">
-        <v>0.456</v>
+        <v>0.128</v>
       </c>
       <c r="I664" s="1">
-        <v>79</v>
+        <v>9.9</v>
       </c>
       <c r="J664" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="665" spans="1:10">
       <c r="B665" s="1" t="s">
-        <v>1850</v>
+        <v>1848</v>
       </c>
       <c r="C665" s="1" t="s">
-        <v>1851</v>
+        <v>1849</v>
       </c>
       <c r="D665" s="1"/>
       <c r="E665" s="1" t="s">
-        <v>22</v>
+        <v>1850</v>
       </c>
       <c r="F665" s="1" t="s">
-        <v>1834</v>
+        <v>609</v>
       </c>
       <c r="G665" s="1">
-        <v>120</v>
+        <v>72</v>
       </c>
       <c r="H665" s="1">
-        <v>0.128</v>
+        <v>0.082</v>
       </c>
       <c r="I665" s="1">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="J665" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="666" spans="1:10">
       <c r="B666" s="1" t="s">
+        <v>1851</v>
+      </c>
+      <c r="C666" s="1" t="s">
         <v>1852</v>
-      </c>
-[...1 lines deleted...]
-        <v>1853</v>
       </c>
       <c r="D666" s="1"/>
       <c r="E666" s="1" t="s">
-        <v>22</v>
+        <v>1853</v>
       </c>
       <c r="F666" s="1" t="s">
-        <v>66</v>
+        <v>618</v>
       </c>
       <c r="G666" s="1">
-        <v>120</v>
+        <v>136</v>
       </c>
       <c r="H666" s="1">
-        <v>0.128</v>
+        <v>0.14947</v>
       </c>
       <c r="I666" s="1">
-        <v>9.9</v>
+        <v>52</v>
       </c>
       <c r="J666" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="667" spans="1:10">
       <c r="B667" s="1" t="s">
         <v>1854</v>
       </c>
       <c r="C667" s="1" t="s">
         <v>1855</v>
       </c>
       <c r="D667" s="1"/>
       <c r="E667" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F667" s="1" t="s">
-        <v>1834</v>
+        <v>1856</v>
       </c>
       <c r="G667" s="1">
-        <v>144</v>
+        <v>0</v>
       </c>
       <c r="H667" s="1">
-        <v>0.128</v>
+        <v>0.216</v>
       </c>
       <c r="I667" s="1">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J667" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="668" spans="1:10">
       <c r="B668" s="1" t="s">
-        <v>1856</v>
+        <v>1857</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>1857</v>
+        <v>1858</v>
       </c>
       <c r="D668" s="1"/>
       <c r="E668" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F668" s="1" t="s">
-        <v>66</v>
+        <v>639</v>
       </c>
       <c r="G668" s="1">
-        <v>144</v>
+        <v>0</v>
       </c>
       <c r="H668" s="1">
-        <v>0.128</v>
+        <v>0.108</v>
       </c>
       <c r="I668" s="1">
-        <v>9.9</v>
+        <v>8</v>
       </c>
       <c r="J668" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="669" spans="1:10">
       <c r="B669" s="1" t="s">
-        <v>1858</v>
+        <v>1859</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="D669" s="1"/>
       <c r="E669" s="1" t="s">
-        <v>620</v>
+        <v>13</v>
       </c>
       <c r="F669" s="1" t="s">
-        <v>1465</v>
+        <v>1861</v>
       </c>
       <c r="G669" s="1">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="H669" s="1">
-        <v>0.056</v>
+        <v>0.15</v>
       </c>
       <c r="I669" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="J669" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="670" spans="1:10">
       <c r="B670" s="1" t="s">
-        <v>1860</v>
+        <v>1862</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
       <c r="D670" s="1"/>
       <c r="E670" s="1" t="s">
-        <v>1862</v>
+        <v>13</v>
       </c>
       <c r="F670" s="1" t="s">
-        <v>1465</v>
+        <v>1864</v>
       </c>
       <c r="G670" s="1">
-        <v>74</v>
+        <v>0</v>
       </c>
       <c r="H670" s="1">
-        <v>0.108</v>
+        <v>0.1</v>
       </c>
       <c r="I670" s="1">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="J670" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="671" spans="1:10">
       <c r="B671" s="1" t="s">
-        <v>1863</v>
+        <v>1865</v>
       </c>
       <c r="C671" s="1" t="s">
-        <v>1864</v>
+        <v>1866</v>
       </c>
       <c r="D671" s="1"/>
       <c r="E671" s="1" t="s">
-        <v>1865</v>
+        <v>13</v>
       </c>
       <c r="F671" s="1" t="s">
-        <v>241</v>
+        <v>1867</v>
       </c>
       <c r="G671" s="1">
-        <v>688</v>
+        <v>0</v>
       </c>
       <c r="H671" s="1">
-        <v>0.485</v>
+        <v>0.05</v>
       </c>
       <c r="I671" s="1">
-        <v>77</v>
+        <v>4</v>
       </c>
       <c r="J671" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="672" spans="1:10">
       <c r="B672" s="1" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>1867</v>
+        <v>1869</v>
       </c>
       <c r="D672" s="1"/>
       <c r="E672" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F672" s="1" t="s">
-        <v>1834</v>
+        <v>1870</v>
       </c>
       <c r="G672" s="1">
-        <v>128</v>
+        <v>0</v>
       </c>
       <c r="H672" s="1">
-        <v>0.128</v>
+        <v>0.05</v>
       </c>
       <c r="I672" s="1">
-        <v>6</v>
+        <v>3.5</v>
       </c>
       <c r="J672" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="673" spans="1:10">
       <c r="B673" s="1" t="s">
-        <v>1868</v>
+        <v>1871</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
       <c r="D673" s="1"/>
       <c r="E673" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F673" s="1" t="s">
-        <v>66</v>
+        <v>1800</v>
       </c>
       <c r="G673" s="1">
         <v>128</v>
       </c>
       <c r="H673" s="1">
         <v>0.128</v>
       </c>
       <c r="I673" s="1">
-        <v>9.9</v>
+        <v>6</v>
       </c>
       <c r="J673" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="674" spans="1:10">
       <c r="B674" s="1" t="s">
-        <v>1870</v>
+        <v>1873</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>1871</v>
+        <v>1874</v>
       </c>
       <c r="D674" s="1"/>
-      <c r="E674" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E674" s="1"/>
       <c r="F674" s="1" t="s">
-        <v>1834</v>
+        <v>58</v>
       </c>
       <c r="G674" s="1">
         <v>128</v>
       </c>
       <c r="H674" s="1">
         <v>0.128</v>
       </c>
       <c r="I674" s="1">
-        <v>6</v>
+        <v>9.9</v>
       </c>
       <c r="J674" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="675" spans="1:10">
       <c r="B675" s="1" t="s">
-        <v>1872</v>
+        <v>1875</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>1873</v>
+        <v>1876</v>
       </c>
       <c r="D675" s="1"/>
       <c r="E675" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F675" s="1" t="s">
-        <v>66</v>
+        <v>1800</v>
       </c>
       <c r="G675" s="1">
         <v>128</v>
       </c>
       <c r="H675" s="1">
         <v>0.128</v>
       </c>
       <c r="I675" s="1">
-        <v>9.9</v>
+        <v>6</v>
       </c>
       <c r="J675" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="676" spans="1:10">
       <c r="B676" s="1" t="s">
-        <v>1874</v>
+        <v>1877</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>1875</v>
+        <v>1878</v>
       </c>
       <c r="D676" s="1"/>
       <c r="E676" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F676" s="1" t="s">
-        <v>1834</v>
+        <v>58</v>
       </c>
       <c r="G676" s="1">
         <v>128</v>
       </c>
       <c r="H676" s="1">
         <v>0.128</v>
       </c>
       <c r="I676" s="1">
-        <v>6</v>
+        <v>9.9</v>
       </c>
       <c r="J676" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="677" spans="1:10">
       <c r="B677" s="1" t="s">
-        <v>1876</v>
+        <v>1879</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="D677" s="1"/>
       <c r="E677" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F677" s="1" t="s">
-        <v>66</v>
+        <v>539</v>
       </c>
       <c r="G677" s="1">
-        <v>128</v>
+        <v>416</v>
       </c>
       <c r="H677" s="1">
-        <v>0.128</v>
+        <v>0.254</v>
       </c>
       <c r="I677" s="1">
-        <v>9.9</v>
+        <v>16</v>
       </c>
       <c r="J677" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="678" spans="1:10">
       <c r="B678" s="1" t="s">
-        <v>1878</v>
+        <v>1881</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>1879</v>
+        <v>1882</v>
       </c>
       <c r="D678" s="1"/>
-      <c r="E678" s="1"/>
+      <c r="E678" s="1" t="s">
+        <v>608</v>
+      </c>
       <c r="F678" s="1" t="s">
-        <v>1834</v>
+        <v>1705</v>
       </c>
       <c r="G678" s="1">
-        <v>128</v>
+        <v>32</v>
       </c>
       <c r="H678" s="1">
-        <v>0.128</v>
+        <v>0.026</v>
       </c>
       <c r="I678" s="1">
-        <v>6</v>
+        <v>8.6</v>
       </c>
       <c r="J678" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="679" spans="1:10">
       <c r="B679" s="1" t="s">
-        <v>1880</v>
+        <v>1883</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>1881</v>
+        <v>1884</v>
       </c>
       <c r="D679" s="1"/>
       <c r="E679" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F679" s="1" t="s">
-        <v>66</v>
+        <v>1800</v>
       </c>
       <c r="G679" s="1">
         <v>128</v>
       </c>
       <c r="H679" s="1">
         <v>0.128</v>
       </c>
       <c r="I679" s="1">
-        <v>9.9</v>
+        <v>6</v>
       </c>
       <c r="J679" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="680" spans="1:10">
       <c r="B680" s="1" t="s">
-        <v>1882</v>
+        <v>1885</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>1883</v>
+        <v>1886</v>
       </c>
       <c r="D680" s="1"/>
       <c r="E680" s="1" t="s">
-        <v>1884</v>
+        <v>13</v>
       </c>
       <c r="F680" s="1" t="s">
-        <v>617</v>
+        <v>58</v>
       </c>
       <c r="G680" s="1">
-        <v>72</v>
+        <v>128</v>
       </c>
       <c r="H680" s="1">
-        <v>0.082</v>
+        <v>0.128</v>
       </c>
       <c r="I680" s="1">
-        <v>10</v>
+        <v>9.9</v>
       </c>
       <c r="J680" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="681" spans="1:10">
       <c r="B681" s="1" t="s">
-        <v>1885</v>
+        <v>1887</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>1886</v>
+        <v>1888</v>
       </c>
       <c r="D681" s="1"/>
       <c r="E681" s="1" t="s">
-        <v>1887</v>
+        <v>13</v>
       </c>
       <c r="F681" s="1" t="s">
-        <v>626</v>
+        <v>1800</v>
       </c>
       <c r="G681" s="1">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="H681" s="1">
-        <v>0.14947</v>
+        <v>0.128</v>
       </c>
       <c r="I681" s="1">
-        <v>52</v>
+        <v>6</v>
       </c>
       <c r="J681" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="682" spans="1:10">
       <c r="B682" s="1" t="s">
-        <v>1888</v>
+        <v>1889</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>1889</v>
+        <v>1890</v>
       </c>
       <c r="D682" s="1"/>
       <c r="E682" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F682" s="1" t="s">
-        <v>1890</v>
+        <v>58</v>
       </c>
       <c r="G682" s="1">
-        <v>0</v>
+        <v>128</v>
       </c>
       <c r="H682" s="1">
-        <v>0.216</v>
+        <v>0.128</v>
       </c>
       <c r="I682" s="1">
-        <v>12</v>
+        <v>9.9</v>
       </c>
       <c r="J682" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="683" spans="1:10">
       <c r="B683" s="1" t="s">
         <v>1891</v>
       </c>
       <c r="C683" s="1" t="s">
         <v>1892</v>
       </c>
       <c r="D683" s="1"/>
       <c r="E683" s="1" t="s">
-        <v>22</v>
+        <v>1647</v>
       </c>
       <c r="F683" s="1" t="s">
-        <v>647</v>
+        <v>1893</v>
       </c>
       <c r="G683" s="1">
-        <v>0</v>
+        <v>80</v>
       </c>
       <c r="H683" s="1">
-        <v>0.108</v>
+        <v>0.088</v>
       </c>
       <c r="I683" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="J683" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="684" spans="1:10">
       <c r="B684" s="1" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="D684" s="1"/>
       <c r="E684" s="1" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F684" s="1" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
       <c r="G684" s="1">
         <v>0</v>
       </c>
       <c r="H684" s="1">
-        <v>0.15</v>
+        <v>0.05</v>
       </c>
       <c r="I684" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="J684" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="685" spans="1:10">
       <c r="B685" s="1" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="D685" s="1"/>
-      <c r="E685" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E685" s="1"/>
       <c r="F685" s="1" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
       <c r="G685" s="1">
-        <v>0</v>
+        <v>112</v>
       </c>
       <c r="H685" s="1">
-        <v>0.1</v>
+        <v>0.116</v>
       </c>
       <c r="I685" s="1">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="J685" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="686" spans="1:10">
       <c r="B686" s="1" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
       <c r="D686" s="1"/>
       <c r="E686" s="1" t="s">
-        <v>22</v>
+        <v>1902</v>
       </c>
       <c r="F686" s="1" t="s">
-        <v>1901</v>
+        <v>233</v>
       </c>
       <c r="G686" s="1">
-        <v>0</v>
+        <v>158</v>
       </c>
       <c r="H686" s="1">
-        <v>0.05</v>
+        <v>0.14</v>
       </c>
       <c r="I686" s="1">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="J686" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="687" spans="1:10">
       <c r="B687" s="1" t="s">
-        <v>1902</v>
+        <v>1903</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>1903</v>
+        <v>1904</v>
       </c>
       <c r="D687" s="1"/>
-      <c r="E687" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E687" s="1"/>
       <c r="F687" s="1" t="s">
-        <v>1904</v>
+        <v>1800</v>
       </c>
       <c r="G687" s="1">
-        <v>0</v>
+        <v>128</v>
       </c>
       <c r="H687" s="1">
-        <v>0.05</v>
+        <v>0.128</v>
       </c>
       <c r="I687" s="1">
-        <v>3.5</v>
+        <v>6</v>
       </c>
       <c r="J687" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="688" spans="1:10">
       <c r="B688" s="1" t="s">
         <v>1905</v>
       </c>
       <c r="C688" s="1" t="s">
         <v>1906</v>
       </c>
       <c r="D688" s="1"/>
-      <c r="E688" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E688" s="1"/>
       <c r="F688" s="1" t="s">
-        <v>1834</v>
+        <v>58</v>
       </c>
       <c r="G688" s="1">
         <v>128</v>
       </c>
       <c r="H688" s="1">
         <v>0.128</v>
       </c>
       <c r="I688" s="1">
-        <v>6</v>
+        <v>9.9</v>
       </c>
       <c r="J688" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="689" spans="1:10">
       <c r="B689" s="1" t="s">
         <v>1907</v>
       </c>
       <c r="C689" s="1" t="s">
         <v>1908</v>
       </c>
       <c r="D689" s="1"/>
       <c r="E689" s="1"/>
       <c r="F689" s="1" t="s">
-        <v>66</v>
+        <v>1800</v>
       </c>
       <c r="G689" s="1">
         <v>128</v>
       </c>
       <c r="H689" s="1">
         <v>0.128</v>
       </c>
       <c r="I689" s="1">
-        <v>9.9</v>
+        <v>6</v>
       </c>
       <c r="J689" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="690" spans="1:10">
       <c r="B690" s="1" t="s">
         <v>1909</v>
       </c>
       <c r="C690" s="1" t="s">
         <v>1910</v>
       </c>
       <c r="D690" s="1"/>
-      <c r="E690" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E690" s="1"/>
       <c r="F690" s="1" t="s">
-        <v>1834</v>
+        <v>58</v>
       </c>
       <c r="G690" s="1">
         <v>128</v>
       </c>
       <c r="H690" s="1">
         <v>0.128</v>
       </c>
       <c r="I690" s="1">
-        <v>6</v>
+        <v>9.9</v>
       </c>
       <c r="J690" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="691" spans="1:10">
       <c r="B691" s="1" t="s">
         <v>1911</v>
       </c>
       <c r="C691" s="1" t="s">
         <v>1912</v>
       </c>
       <c r="D691" s="1"/>
-      <c r="E691" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E691" s="1"/>
       <c r="F691" s="1" t="s">
-        <v>66</v>
+        <v>401</v>
       </c>
       <c r="G691" s="1">
-        <v>128</v>
+        <v>0</v>
       </c>
       <c r="H691" s="1">
-        <v>0.128</v>
+        <v>0.35</v>
       </c>
       <c r="I691" s="1">
-        <v>9.9</v>
+        <v>65</v>
       </c>
       <c r="J691" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="692" spans="1:10">
       <c r="B692" s="1" t="s">
         <v>1913</v>
       </c>
       <c r="C692" s="1" t="s">
         <v>1914</v>
       </c>
       <c r="D692" s="1"/>
       <c r="E692" s="1" t="s">
-        <v>22</v>
+        <v>673</v>
       </c>
       <c r="F692" s="1" t="s">
-        <v>547</v>
+        <v>669</v>
       </c>
       <c r="G692" s="1">
-        <v>416</v>
+        <v>64</v>
       </c>
       <c r="H692" s="1">
-        <v>0.254</v>
+        <v>0.074</v>
       </c>
       <c r="I692" s="1">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="J692" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="693" spans="1:10">
       <c r="B693" s="1" t="s">
         <v>1915</v>
       </c>
       <c r="C693" s="1" t="s">
         <v>1916</v>
       </c>
       <c r="D693" s="1"/>
       <c r="E693" s="1" t="s">
-        <v>616</v>
+        <v>673</v>
       </c>
       <c r="F693" s="1" t="s">
-        <v>1739</v>
+        <v>669</v>
       </c>
       <c r="G693" s="1">
-        <v>32</v>
+        <v>64</v>
       </c>
       <c r="H693" s="1">
-        <v>0.026</v>
+        <v>0.074</v>
       </c>
       <c r="I693" s="1">
-        <v>8.6</v>
+        <v>10</v>
       </c>
       <c r="J693" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="694" spans="1:10">
       <c r="B694" s="1" t="s">
         <v>1917</v>
       </c>
       <c r="C694" s="1" t="s">
         <v>1918</v>
       </c>
       <c r="D694" s="1"/>
       <c r="E694" s="1" t="s">
-        <v>22</v>
+        <v>673</v>
       </c>
       <c r="F694" s="1" t="s">
-        <v>1834</v>
+        <v>669</v>
       </c>
       <c r="G694" s="1">
-        <v>128</v>
+        <v>72</v>
       </c>
       <c r="H694" s="1">
-        <v>0.128</v>
+        <v>0.082</v>
       </c>
       <c r="I694" s="1">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="J694" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="695" spans="1:10">
       <c r="B695" s="1" t="s">
         <v>1919</v>
       </c>
       <c r="C695" s="1" t="s">
         <v>1920</v>
       </c>
       <c r="D695" s="1"/>
       <c r="E695" s="1" t="s">
-        <v>22</v>
+        <v>673</v>
       </c>
       <c r="F695" s="1" t="s">
-        <v>66</v>
+        <v>669</v>
       </c>
       <c r="G695" s="1">
-        <v>128</v>
+        <v>56</v>
       </c>
       <c r="H695" s="1">
-        <v>0.128</v>
+        <v>0.066</v>
       </c>
       <c r="I695" s="1">
-        <v>9.9</v>
+        <v>10</v>
       </c>
       <c r="J695" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="696" spans="1:10">
       <c r="B696" s="1" t="s">
         <v>1921</v>
       </c>
       <c r="C696" s="1" t="s">
         <v>1922</v>
       </c>
       <c r="D696" s="1"/>
-      <c r="E696" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E696" s="1"/>
       <c r="F696" s="1" t="s">
-        <v>1834</v>
+        <v>1800</v>
       </c>
       <c r="G696" s="1">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="H696" s="1">
-        <v>0.128</v>
+        <v>0.104</v>
       </c>
       <c r="I696" s="1">
         <v>6</v>
       </c>
       <c r="J696" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="697" spans="1:10">
       <c r="B697" s="1" t="s">
         <v>1923</v>
       </c>
       <c r="C697" s="1" t="s">
         <v>1924</v>
       </c>
       <c r="D697" s="1"/>
-      <c r="E697" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E697" s="1"/>
       <c r="F697" s="1" t="s">
-        <v>66</v>
+        <v>1800</v>
       </c>
       <c r="G697" s="1">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="H697" s="1">
-        <v>0.128</v>
+        <v>0.104</v>
       </c>
       <c r="I697" s="1">
-        <v>9.9</v>
+        <v>6</v>
       </c>
       <c r="J697" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="698" spans="1:10">
       <c r="B698" s="1" t="s">
         <v>1925</v>
       </c>
       <c r="C698" s="1" t="s">
         <v>1926</v>
       </c>
       <c r="D698" s="1"/>
-      <c r="E698" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E698" s="1"/>
       <c r="F698" s="1" t="s">
-        <v>1927</v>
+        <v>58</v>
       </c>
       <c r="G698" s="1">
-        <v>80</v>
+        <v>136</v>
       </c>
       <c r="H698" s="1">
-        <v>0.088</v>
+        <v>0.182</v>
       </c>
       <c r="I698" s="1">
-        <v>10</v>
+        <v>9.9</v>
       </c>
       <c r="J698" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="699" spans="1:10">
       <c r="B699" s="1" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C699" s="1" t="s">
         <v>1928</v>
       </c>
-      <c r="C699" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D699" s="1"/>
-      <c r="E699" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E699" s="1"/>
       <c r="F699" s="1" t="s">
-        <v>1930</v>
+        <v>58</v>
       </c>
       <c r="G699" s="1">
-        <v>0</v>
+        <v>136</v>
       </c>
       <c r="H699" s="1">
-        <v>0.05</v>
+        <v>0.182</v>
       </c>
       <c r="I699" s="1">
-        <v>4</v>
+        <v>9.9</v>
       </c>
       <c r="J699" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="700" spans="1:10">
       <c r="B700" s="1" t="s">
-        <v>1931</v>
+        <v>1929</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>1932</v>
+        <v>1930</v>
       </c>
       <c r="D700" s="1"/>
       <c r="E700" s="1"/>
       <c r="F700" s="1" t="s">
-        <v>1933</v>
+        <v>1931</v>
       </c>
       <c r="G700" s="1">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="H700" s="1">
-        <v>0.116</v>
+        <v>0.188</v>
       </c>
       <c r="I700" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="J700" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="701" spans="1:10">
       <c r="B701" s="1" t="s">
-        <v>1934</v>
+        <v>1932</v>
       </c>
       <c r="C701" s="1" t="s">
-        <v>1935</v>
+        <v>1933</v>
       </c>
       <c r="D701" s="1"/>
       <c r="E701" s="1" t="s">
-        <v>1936</v>
+        <v>1934</v>
       </c>
       <c r="F701" s="1" t="s">
-        <v>241</v>
+        <v>719</v>
       </c>
       <c r="G701" s="1">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="H701" s="1">
-        <v>0.14</v>
+        <v>0.424</v>
       </c>
       <c r="I701" s="1">
-        <v>18</v>
+        <v>60</v>
       </c>
       <c r="J701" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="702" spans="1:10">
       <c r="B702" s="1" t="s">
-        <v>1937</v>
+        <v>1935</v>
       </c>
       <c r="C702" s="1" t="s">
-        <v>1938</v>
+        <v>1936</v>
       </c>
       <c r="D702" s="1"/>
-      <c r="E702" s="1"/>
+      <c r="E702" s="1" t="s">
+        <v>1934</v>
+      </c>
       <c r="F702" s="1" t="s">
-        <v>1834</v>
+        <v>719</v>
       </c>
       <c r="G702" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
       <c r="H702" s="1">
-        <v>0.128</v>
+        <v>0.426</v>
       </c>
       <c r="I702" s="1">
-        <v>6</v>
+        <v>60</v>
       </c>
       <c r="J702" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="703" spans="1:10">
       <c r="B703" s="1" t="s">
-        <v>1939</v>
+        <v>1937</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>1940</v>
+        <v>1938</v>
       </c>
       <c r="D703" s="1"/>
-      <c r="E703" s="1"/>
+      <c r="E703" s="1" t="s">
+        <v>1934</v>
+      </c>
       <c r="F703" s="1" t="s">
-        <v>66</v>
+        <v>719</v>
       </c>
       <c r="G703" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
       <c r="H703" s="1">
-        <v>0.128</v>
+        <v>0.422</v>
       </c>
       <c r="I703" s="1">
-        <v>9.9</v>
+        <v>60</v>
       </c>
       <c r="J703" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="704" spans="1:10">
       <c r="B704" s="1" t="s">
-        <v>1941</v>
+        <v>1939</v>
       </c>
       <c r="C704" s="1" t="s">
-        <v>1942</v>
+        <v>1940</v>
       </c>
       <c r="D704" s="1"/>
-      <c r="E704" s="1"/>
+      <c r="E704" s="1" t="s">
+        <v>1934</v>
+      </c>
       <c r="F704" s="1" t="s">
-        <v>1834</v>
+        <v>719</v>
       </c>
       <c r="G704" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
       <c r="H704" s="1">
-        <v>0.128</v>
+        <v>0.438</v>
       </c>
       <c r="I704" s="1">
-        <v>6</v>
+        <v>60</v>
       </c>
       <c r="J704" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="705" spans="1:10">
       <c r="B705" s="1" t="s">
-        <v>1943</v>
+        <v>1941</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>1944</v>
+        <v>1942</v>
       </c>
       <c r="D705" s="1"/>
-      <c r="E705" s="1"/>
+      <c r="E705" s="1" t="s">
+        <v>1934</v>
+      </c>
       <c r="F705" s="1" t="s">
-        <v>66</v>
+        <v>719</v>
       </c>
       <c r="G705" s="1">
-        <v>128</v>
+        <v>160</v>
       </c>
       <c r="H705" s="1">
-        <v>0.128</v>
+        <v>0.436</v>
       </c>
       <c r="I705" s="1">
-        <v>9.9</v>
+        <v>60</v>
       </c>
       <c r="J705" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="706" spans="1:10">
       <c r="B706" s="1" t="s">
-        <v>1945</v>
+        <v>1943</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>1946</v>
+        <v>1944</v>
       </c>
       <c r="D706" s="1"/>
-      <c r="E706" s="1"/>
+      <c r="E706" s="1" t="s">
+        <v>1133</v>
+      </c>
       <c r="F706" s="1" t="s">
-        <v>409</v>
+        <v>618</v>
       </c>
       <c r="G706" s="1">
-        <v>0</v>
+        <v>128</v>
       </c>
       <c r="H706" s="1">
-        <v>0.35</v>
+        <v>0.186</v>
       </c>
       <c r="I706" s="1">
-        <v>65</v>
+        <v>18</v>
       </c>
       <c r="J706" s="1" t="s">
-        <v>15</v>
-[...106 lines deleted...]
-      <c r="J710" s="1" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>